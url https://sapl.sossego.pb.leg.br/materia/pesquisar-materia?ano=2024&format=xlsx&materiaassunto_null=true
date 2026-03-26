--- v0 (2025-12-09)
+++ v1 (2026-03-26)
@@ -54,280 +54,280 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Poder Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/</t>
+    <t>http://sapl.sossego.pb.leg.br/media/</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ÂMBITO DO PODER EXECUTIVO, NO LIMITE DE ATÉ _x000D_
 R$ 550.000,00 (QUINHENTOS E CINQUENTA MIL REAIS), PARA FINS A SEGUIR  ESPECIFICADOS E DÁ OUTRAS ROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/3/projeto_de_lei_municipal_0052024gp.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/3/projeto_de_lei_municipal_0052024gp.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre: Institui a Campanha "Abril Verde" e outras ações de conscientização e prevenção de acidentes e doenças relacionadas ao trabalho no município de Sossego/PB e outras providências.</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/4/projeto_de_lei_municipal_0062024gp.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/4/projeto_de_lei_municipal_0062024gp.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O PAGAMENTO DE ADICIONAL POR DESEMPENHO DA SAÚDE BUCAL NA ATENÇÃO BÁSICA PRIMÁRIA À SAÚDE (APS) NO MUNICIPIO DE SOSSÊGO-PB E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>ESTABELECE AS DIRETRIZES ORÇAMENTARIA PARA EXERCICIO DE 2025 E DÁ OUTRAS PROVICENCIAS</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>LUSINEIDE OLIVEIRA LIMA ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/7/projeto_de_no_009-2024_-_principios_regras_e_instrumentos_para_o_governo_digital.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/7/projeto_de_no_009-2024_-_principios_regras_e_instrumentos_para_o_governo_digital.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE: PRINCÍPIOS, REGRAS E INSTRUMENTOS PARA O GOVERNO DIGITAL E PARA O AUMENTO DA EFICIÊNCIA PÚBLICA NO ÂMBITO DO MUNICÍPIO DE BARAÚNA/PB, E INCORPORA OS COMANDOS DA LEI FEDERAL Nº 14.129, DE 29 DE MARÇO DE 2021 À LEGISLAÇÃO MUNICIPA, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/11/projeto_de_lei_no_010_2024_lei_orcamentaria_2025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/11/projeto_de_lei_no_010_2024_lei_orcamentaria_2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE: ESTIMA A RECEITA E FIXA A DESEPSA PARA O EXERCÍCIO FINANCEIRO DE 2025 DO MUNICÍPIO DE SOSSEGO/PB</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/14/projeto_de_lei_no_010_2024_lei_orcamentaria_2025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/14/projeto_de_lei_no_010_2024_lei_orcamentaria_2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE: ESTIMA A RECEITA E  FIXA A DESEPSA PARA O EXERCÍCIO  FINANCEIRO DE 2025 DO MUNICÍPIO DE  SOSSEGO/PB.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/25/projeto_de_lei_municipal__no_0132024.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/25/projeto_de_lei_municipal__no_0132024.pdf</t>
   </si>
   <si>
     <t>Institui o prêmio "Melhores do Ano de Sossêgo" e dá outras providências.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Altera a Lei nº 336 de 20 de junho de 2024, que dispõe sobre as diretrizes para a elaboração e a execução da Lei Orçamentária de 2025.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/28/projeto_de_lei_municipal_no_013-2024_-_altera_dispositivo_da_ldo.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/28/projeto_de_lei_municipal_no_013-2024_-_altera_dispositivo_da_ldo.pdf</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Júnior Gomes</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/26/decreto_003-2024.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/26/decreto_003-2024.pdf</t>
   </si>
   <si>
     <t>Confere Título de Honra ao Mérito as profissionais NUARA MORAES FREIRE e CLEIDE MARIA CAMPOS DE FARIAS e dá outras providências”</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Robson Renan</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/17/requerimento_005-2024-_robson_renan.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/17/requerimento_005-2024-_robson_renan.pdf</t>
   </si>
   <si>
     <t>Solicitar informações sobre a reforma da UBS Pedro Vieira</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/18/requerimento_005-2024-_robson_renan.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/18/requerimento_005-2024-_robson_renan.pdf</t>
   </si>
   <si>
     <t>SOLICITAR INFORMAÇÕES SOBRE A REFORMA DA UBS PEDRO VIEIRA</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/19/requerimento_005-2024-_robson_renan.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/19/requerimento_005-2024-_robson_renan.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE A REFORMA DA UBS PEDRO VIEIRA</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Solicitar a construção de uma quadra esportiva na comunidade do são Miguel.</t>
   </si>
   <si>
     <t>Pedro Zumin</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/10/indicacao_015-2024_pedro_ferreira.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/10/indicacao_015-2024_pedro_ferreira.pdf</t>
   </si>
   <si>
     <t>Solicitar a construção de um calçamento no cemitério.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/12/indicacao_015-2024_pedro_ferreira.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/12/indicacao_015-2024_pedro_ferreira.pdf</t>
   </si>
   <si>
     <t>Zezinho Nalva</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/13/indicacao_016-2024_zezinho.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/13/indicacao_016-2024_zezinho.pdf</t>
   </si>
   <si>
     <t>Solicitar a construção de lombadas na rua Horácio  Ferreira</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/15/indicacao_018-2024_robson.docx.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/15/indicacao_018-2024_robson.docx.pdf</t>
   </si>
   <si>
     <t>Solicitar a manutenção dos dessalinizadores dos assentamentos do nosso município</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/16/indicacao_017-2024_zezinho.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/16/indicacao_017-2024_zezinho.pdf</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/21/indicacao_019-2024_pedro_ferreira.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/21/indicacao_019-2024_pedro_ferreira.pdf</t>
   </si>
   <si>
     <t>Solicitar a construção de casas/quartos no muro por trás do CRAS</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/22/indicacao_020-2024_robson.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/22/indicacao_020-2024_robson.pdf</t>
   </si>
   <si>
     <t>Solicitar a colocação de luzes de LED na zona urbana e também na zona rural</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/23/indicacao_021-2024_robson.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/23/indicacao_021-2024_robson.pdf</t>
   </si>
   <si>
     <t>solicitar que seja retirado o quebra-molas fica localizado lá em Antônio Guedes, perto do trevo.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Flaviana Lucena</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/24/indicacao_022-2024_flaviana_lucena.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/24/indicacao_022-2024_flaviana_lucena.pdf</t>
   </si>
   <si>
     <t>Solicitar o reabastecimento das cisternas do assentamento Santo Antônio.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -634,68 +634,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/3/projeto_de_lei_municipal_0052024gp.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/4/projeto_de_lei_municipal_0062024gp.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/7/projeto_de_no_009-2024_-_principios_regras_e_instrumentos_para_o_governo_digital.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/11/projeto_de_lei_no_010_2024_lei_orcamentaria_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/14/projeto_de_lei_no_010_2024_lei_orcamentaria_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/25/projeto_de_lei_municipal__no_0132024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/28/projeto_de_lei_municipal_no_013-2024_-_altera_dispositivo_da_ldo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/26/decreto_003-2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/17/requerimento_005-2024-_robson_renan.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/18/requerimento_005-2024-_robson_renan.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/19/requerimento_005-2024-_robson_renan.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/10/indicacao_015-2024_pedro_ferreira.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/12/indicacao_015-2024_pedro_ferreira.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/13/indicacao_016-2024_zezinho.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/15/indicacao_018-2024_robson.docx.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/16/indicacao_017-2024_zezinho.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/21/indicacao_019-2024_pedro_ferreira.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/22/indicacao_020-2024_robson.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/23/indicacao_021-2024_robson.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/24/indicacao_022-2024_flaviana_lucena.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/3/projeto_de_lei_municipal_0052024gp.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/4/projeto_de_lei_municipal_0062024gp.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/7/projeto_de_no_009-2024_-_principios_regras_e_instrumentos_para_o_governo_digital.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/11/projeto_de_lei_no_010_2024_lei_orcamentaria_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/14/projeto_de_lei_no_010_2024_lei_orcamentaria_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/25/projeto_de_lei_municipal__no_0132024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/28/projeto_de_lei_municipal_no_013-2024_-_altera_dispositivo_da_ldo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/26/decreto_003-2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/17/requerimento_005-2024-_robson_renan.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/18/requerimento_005-2024-_robson_renan.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/19/requerimento_005-2024-_robson_renan.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/10/indicacao_015-2024_pedro_ferreira.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/12/indicacao_015-2024_pedro_ferreira.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/13/indicacao_016-2024_zezinho.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/15/indicacao_018-2024_robson.docx.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/16/indicacao_017-2024_zezinho.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/21/indicacao_019-2024_pedro_ferreira.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/22/indicacao_020-2024_robson.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/23/indicacao_021-2024_robson.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2024/24/indicacao_022-2024_flaviana_lucena.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="31.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="149.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="148.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>