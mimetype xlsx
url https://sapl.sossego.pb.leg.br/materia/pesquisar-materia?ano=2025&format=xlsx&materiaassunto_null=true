--- v0 (2025-12-09)
+++ v1 (2026-02-01)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1408" uniqueCount="581">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1496" uniqueCount="614">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -628,50 +628,74 @@
     <t>201</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>Vanusa da Paz Medeiros</t>
   </si>
   <si>
     <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/201/projeto_de_lei_municipal_no_050-2025_-_projeto_de_lei_que_regula_os_precatorios_do_fundef.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE: AUTORIZA O RATEIO DOS RECURSOS DO PRECATÓRIO DO FUNDEF ENTRE OS PROFISSIONAIS BENEFICIADOS NO PERCENTUAL DE 60% (SESSENTA POR CENTO), NO ÂMBITO DO MUNICÍPIO DE SOSSEGO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/202/projeto_de_lei_no_051-2025_-_projeto_de_alteracao_orcamentaria_credito_esecial_p_inclusao_da_fontes_701e_544.pdf</t>
   </si>
   <si>
     <t>AUTORIZA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ÂMBITO DO PODER EXECUTIVO, NO LIMITE DE ATÉ R$ 650.000,00 (SEISCENTOS E CINQUENTA MIL REAIS), PARA FINS A SEGUIR ESPECIFICADOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>209</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/209/projeto_de_lei_municipal_no_052-2025_-_abertura_de_credito_adicional_especial.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE: AUTORIZA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ÂMBITO DO PODER EXECUTIVO, NO LIMITE DE ATÉ R$ 200.000,00 (DUZENTOS MIL REAIS), PARA FINS A SEGUIR ESPECIFICADOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>219</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/219/projeto_de_lei_premiacao_-_correto.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE: INSTITUI PREMIAÇÃO DE DESEMPENHO PARA E S TUDANT E S E SERVIDORES DO MAGISTÉRIO DO MUNICÍPIO DE SOSSEGO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/135/decreto_002_reverendo_padre_henrique_gustavo_assinado.pdf</t>
   </si>
   <si>
     <t>Outorga o título de “Cidadão Sosseguense” ao Reverendo Senhor Padre Henrique Gustavo Ferreira Leal.</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/37/nomeacao_ruas_manuel_gomes_da_silva_e_aurea_angelita_de_araujo___.pdf</t>
   </si>
@@ -932,62 +956,56 @@
   <si>
     <t>Ementa: Indica à Prefeitura Municipal de Sossêgo-PB a construção de uma passagem molhada sobre o Rio Timbaúba</t>
   </si>
   <si>
     <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/48/indicacao_007-2025-jmarcio_ricardo.pdf</t>
   </si>
   <si>
     <t>Indicação de instalação de câmeras de monitoramento na EMEF Juraneide Alves da Silva Santos e na Creche Municipal Crinça Feliz.</t>
   </si>
   <si>
     <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/49/indicacao_008-2025-mixelly_de_iraildo.pdf</t>
   </si>
   <si>
     <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/50/indicacao_009-2025-robson_renan.pdf</t>
   </si>
   <si>
     <t>Indicação para a construção de um barreiro no Sítio Caiçara na propriedade de Edinho, no município de Sossêgo-PB.</t>
   </si>
   <si>
     <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/51/indicacao_-_00102025_junior_gomes.pdf</t>
   </si>
   <si>
     <t>solicitar, com a devida urgência, a limpeza do açude municipal localizado nas proximidades da Zona Urbana deste Município</t>
   </si>
   <si>
-    <t>52</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/52/indicacao_-_00112025_-_robson_renan.pdf</t>
   </si>
   <si>
     <t>solicitar, com a devida urgência, a limpeza do açude da Cauã, localizado no sítio Santa Rita, zona rural deste município.</t>
   </si>
   <si>
-    <t>53</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/53/indicacao_-_00122025_robson_renan.pdf</t>
   </si>
   <si>
     <t>implantação de desanilizador na comunidade Zumbi dos Palmares</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/54/indicacao_-_000132025_flaviana_lucena_de_araujo.pdf</t>
   </si>
   <si>
     <t>abertura dos banheiros públicos todos os dias da semana,</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/55/indicacao_-_000142025_raquel_meira_de_melo_sousa.pdf</t>
   </si>
   <si>
     <t>Solicitação de Reforma e Ampliação do Mercado Público Municipal</t>
   </si>
   <si>
     <t>56</t>
@@ -1740,50 +1758,131 @@
     <t>206</t>
   </si>
   <si>
     <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/206/indicacao_-_0099025.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a Pavimentação da Rua Francisco Batista dos Santos</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/207/indicacao_-_0010025.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a Instalação de Cobertura dos brinquedos da Creche Criança Feliz</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/208/indicacao_-_0010125.pdf</t>
   </si>
   <si>
     <t>Cadastro de farmácias privadas para distribuição de medicamentos indisponíveis na Farmácia Básica Municipal.</t>
+  </si>
+  <si>
+    <t>210</t>
+  </si>
+  <si>
+    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/210/indicacao_-_001022025.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal a construção de quebra-molas na saída do município de Sossêgo, sentido Cubati, visando aumentar a segurança viária no local.</t>
+  </si>
+  <si>
+    <t>211</t>
+  </si>
+  <si>
+    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/211/indicacao_-_001032025.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal que realize estudos e busque empresas de transporte intermunicipal interessadas em operar linhas regulares passando pelo nosso município.</t>
+  </si>
+  <si>
+    <t>212</t>
+  </si>
+  <si>
+    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/212/indicacao_-_001042025.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal a construção de vestiários nos campos de futebol das comunidades rurais do município.</t>
+  </si>
+  <si>
+    <t>213</t>
+  </si>
+  <si>
+    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/213/indicacao_-_001052025.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal a realização, em caráter de urgência, do pagamento do rateio destinado aos professores da rede municipal de ensino.</t>
+  </si>
+  <si>
+    <t>214</t>
+  </si>
+  <si>
+    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/214/indicacao_-_001062025.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal a construção de um espaço destinado ao acolhimento e cuidado dos animais de rua no município.</t>
+  </si>
+  <si>
+    <t>215</t>
+  </si>
+  <si>
+    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/215/indicacao_-_001072025.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal a construção de uma pista de caminhada no município.</t>
+  </si>
+  <si>
+    <t>216</t>
+  </si>
+  <si>
+    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/216/indicacao_-_001082025.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal a construção de currais destinados à contenção de animais soltos no asfalto e nos arredores do município.</t>
+  </si>
+  <si>
+    <t>217</t>
+  </si>
+  <si>
+    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/217/indicacao_-_001092025.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal a construção de novas salas de aula e a implementação de um espaço de recreação na Escola Juraneide Alves.</t>
+  </si>
+  <si>
+    <t>218</t>
+  </si>
+  <si>
+    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/218/indicacao_-_001102025.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal a construção de quebra-molas na Rua Antônio Epifânio, visando melhorar a segurança viária no local.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>PARC</t>
   </si>
   <si>
     <t>PARECER</t>
   </si>
   <si>
     <t>CFOF - Comissão de Finanças, Orçamento e Fiscalização</t>
   </si>
   <si>
     <t>PARECER Nº 29 CFOF - AO PROJETO DE LEI 042202504102025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -2102,56 +2201,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/29/projeto_de_lei_003-2025_-_credito_especial_para_inclusao_fonte.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/30/projeto_de_lei_municipal_001-2025_-_equiparacao_do_salario_minimo_do_servidor_do_poder_executivo_e_do_magisterio_ao_minimo_nacional.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/31/projeto_de_lei_municipal_002-2025_-_equiparacao_do_salario_minimo_do_servidor_do_poder_legislativo_ao_minimo_nacional.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/32/projeto_de_lei_004-2025_-_criar_o_servico_voluntario.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/33/projeto_de_lei_municipal_004-2025_-_denominada_de_escola_municipal_do_ensino_infantil_e_fundamental_gabriel_macedo_de_lima.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/35/projeto_de_alteracao_orcamentaria_credito_esecial_p_inclusao_da_secretaria_de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/36/projeto_de_lei_municipal_no_006_2025_-_institui_o_diario_dos_municipios_famup_como_meio_de_publicacao_1.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/47/projeto_de_lei_1_-_pccr.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/68/projeto_042025_-_rua_maria_vieira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/69/projeto_00520252._terreno_cras.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/71/projeto132025_-_rua_maria_vieira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/72/projeto132025_-_rua_maria_vieira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/73/projeto_0140520252._terreno_cras.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/74/projeto_de_lei_no_0152025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/76/projeto_de_lei_municipal_017_2025_-_abertura_de_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/86/projeto_de_lei_no_0162025_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/89/projeto_de_lei_018_2025-_ginasio_manoel_placido.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/97/indicacao_-_00392025_robson.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/100/projeto_de_lei_no_020_2025_-_credito_especial_lei_aldir_blanc.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/101/projeto_de_lei_municipal_no_021-2025-altera_dispositivo_da_1502011_-_mixelly_de_iraildo.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/111/projeto_de_lei_00232025_-_cms.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/112/projeto_de_lei_no_024-2025_-_rua_erivaldo_oliveira_costa.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/113/projeto_de_lei_no_025-2025_-_rua_joao_casado_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/114/projeto_de_lei_no_026-2025_-_rua_benedita_maria_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/116/projeto_de_lei_municipal_no_027_2025_-_familia_acolhedora.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/121/028._rua_heleno_vicente_do_nascimento.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/122/029._rua_luis_lima_costa.correta.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/123/030._rua_francisco_pereira_da_silva_1.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/124/031._rua_izabel_buriti_de_azevedo.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/125/032._rua_severino_alves_dantas.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/126/rua_jose_faustino_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/127/034._projeto_de_lei_dos_feriados_municipais_2.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/143/projeto_de_lei_00362025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/144/projeto_de_alteracao_orcamentaria_credito_especial.1.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/146/12._rua_rosilda_chagas_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/147/13._rua_inacia_oliveira_silva.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/150/projeto_de_lei_municipal_no_039_2025_-_cria_asecretaria_de_cultura_turismo_esporte_e_juventude.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/149/projeto_de_lei_municipal_no_040-2025_-_cria_a_secretaria_de_agricultura_e_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/148/projeto_de_lei_municipal_no_041-2025_-_abertura_de_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/159/projeto_de_lei_municipal_no_042-2025_-_projeto_de_lei_incentivo_1.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/166/ppa_2026_-_2029.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/167/ploa_-_2026.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/168/projeto_de_lei_no_045-2025_-_homenageia_joao_queiroz_-_junior_gomes.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/175/projeto_de_lei_aniversario_servidor_-_correto.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/177/projeto_de_lei_municipal_no_047-2025_-_projeto_de_lei_mais_aprendizagem.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/178/projeto_de_lei_municipal_no_048-2025_-_projeto_de_lei_plano_de_cargos_e_salarios.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/200/projeto_de_lei_00492025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/201/projeto_de_lei_municipal_no_050-2025_-_projeto_de_lei_que_regula_os_precatorios_do_fundef.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/202/projeto_de_lei_no_051-2025_-_projeto_de_alteracao_orcamentaria_credito_esecial_p_inclusao_da_fontes_701e_544.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/135/decreto_002_reverendo_padre_henrique_gustavo_assinado.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/37/nomeacao_ruas_manuel_gomes_da_silva_e_aurea_angelita_de_araujo___.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/45/requerimento_002-2025-_robson_renan.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/46/requerimento_003-2025-diego_gomes.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/63/requerimento_-_004-2025_marcio_ricardo.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/64/requerimento_-_005-2025_raquel_meira.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/65/requerimento_-_006-2025_marcio_ricardo_casado_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/67/requerimento_-_00072025_-_marcio_ricardo.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/70/requerimento_-_00082025_-_mixelly.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/75/requerimento_-_00092025_-_diego_e_raquel.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/88/requerimento_-_00102025_-_manuel_bia.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/103/requerimento_011.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/104/requerimento_012.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/115/requerimento_-_013-2025_-__marcio_ricardo.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/128/requerimento_-_00142025.1.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/145/requerimento_aposentadorias.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/157/requerimento_-_00162025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/169/requerimento_-_00212025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/170/requerimento_-_00222025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/180/requerimento_-_00192025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/186/requerimento_de_marcio_tea.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/192/processo_de_cassacao_de_vereador_robson_renan07112025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/203/requerimento_-_00222025_-_correto1.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/204/requerimento_-_00232025_-_correto1.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/38/indicacao_001-2025-_chiquinho_llucena.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/39/indicacao_002-2025-_flaviana_lucena.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/40/indicacao_003-2025-_flaviana_lucena.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/41/indicacao_004-2025-raquel_meira.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/43/indicacao_007-2025-jmarcio_ricardo.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/44/indicacao_008-2025-mixelly_de_iraildo.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/48/indicacao_007-2025-jmarcio_ricardo.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/49/indicacao_008-2025-mixelly_de_iraildo.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/50/indicacao_009-2025-robson_renan.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/51/indicacao_-_00102025_junior_gomes.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/52/indicacao_-_00112025_-_robson_renan.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/53/indicacao_-_00122025_robson_renan.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/54/indicacao_-_000132025_flaviana_lucena_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/55/indicacao_-_000142025_raquel_meira_de_melo_sousa.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/56/indicacao_-_000152025_marcio_ricardo_casado_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/57/indicacao_-_000162025marcio_ricardo_casado_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/58/indicacao_-_000172025_iraneide_da_silva.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/59/indicacao_-_000182025_iraneide_da_silva.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/60/indicacao_-_000192025_manuel_arnaldo_as_silva_ferreira.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/61/indicacao_-_000202025_manuel_arnaldo_as_silva_ferreira.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/62/indicacao_-_000212025_diego_da_silva_gomes.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/66/indicacao_-_00222025_1.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/77/indicacao_-_000212025_-_robson_renan.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/78/indicacao_-_00222025_-_robson_renan.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/79/indicacao_-_00232025_-_robson_renan.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/80/indicacao_-_000242025_-_diego_gomes.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/81/indicacao_-_00252025_-_flaviana_lucena.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/82/indicacao_-_00262025_-_diego_gomes.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/83/indicacao_-_00272025_mixelly_de_iraildo.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/84/indicacao_-_00282025_-_raquel_meira.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/85/indicacao_029-2025_-_chiquinho_lucena.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/90/indicacao_-_00322025_flaviana.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/91/indicacao_-_00332025_flaviana.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/92/indicacao_-_00352025_raquel.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/93/indicacao_-_00352025_raquel.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/94/indicacao_-_00362025_raquel.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/95/indicacao_-_00372025_raquel.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/96/indicacao_-_00382025_-_raquel.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/98/indicacao_-_00402025_mixelli.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/99/indicacao_-_00412025_mixelli.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/102/indicacao_-_00412025_mixelli.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/105/indicacao_-_0422025_robson_renan.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/106/indicacao_-_0432025_diego_gomes.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/107/indicacao_-_0442025_raquel_meira.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/108/indicacao_-_0452025_mixelly_de_iraildo.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/109/indicacao_-_0462025_mixelly_de_iraildo.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/110/indicacao_-_0472025_robson_renan.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/117/indicacao_-_00482025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/118/indicacao_-_00492025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/119/indicacao_-_00502025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/120/indicacao_-_00512025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/129/indicacao_-_00522025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/130/indicacao_-_00532025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/132/indicacao_-_00552025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/133/indicacao_-_00562025.correto.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/137/indicacao_-_00582025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/138/indicacao_-_00592025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/139/indicacao_-_00602025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/140/indicacao_-_00612025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/141/indicacao_-_00622025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/142/indicacao_-_00632025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/151/indicacao_-_000642025_3.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/152/indicacao_-_000652025_3.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/153/indicacao_-_000662025_3.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/154/indicacao_-_000672025_3.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/155/indicacao_-_000682025_3.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/156/indicacao_-_000692025_3.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/158/indicacao_-_00702025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/160/indicacao_-_00712025_-_chiquinho_lucenan.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/161/indicacao_-_00722025_-_flaviana_lucena.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/162/indicacao_-_00732025_-_robson_renan.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/163/indicacao_-_00742025_-_mixelly_de_iraildo.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/164/indicacao_-_00752025_-_mixelly_de_iraildo.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/165/indicacao_-_00762025_-_mixelly_de_iraildo.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/171/indicacao_-_00772025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/172/indicacao_-_00782025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/173/indicacao_-_00792025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/174/indicacao_-_00802025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/179/indicacao_-_00812025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/181/indicacao_-_00822025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/182/indicacao_-_00832025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/183/indicacao_-_00842025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/184/indicacao_-_00852025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/185/indicacao_-_00862025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/188/indicacao_-_00872025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/189/indicacao_-_00882025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/190/indicacao_-_00892025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/191/indicacao_-_00902025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/193/indicacao_-_00912025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/194/indicacao_-_0092025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/195/indicacao_-_0093025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/196/indicacao_-_0094025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/197/indicacao_-_0095025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/198/indicacao_-_0096025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/199/indicacao_-_0097025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/205/indicacao_-_0098025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/206/indicacao_-_0099025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/207/indicacao_-_0010025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/208/indicacao_-_0010125.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/29/projeto_de_lei_003-2025_-_credito_especial_para_inclusao_fonte.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/30/projeto_de_lei_municipal_001-2025_-_equiparacao_do_salario_minimo_do_servidor_do_poder_executivo_e_do_magisterio_ao_minimo_nacional.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/31/projeto_de_lei_municipal_002-2025_-_equiparacao_do_salario_minimo_do_servidor_do_poder_legislativo_ao_minimo_nacional.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/32/projeto_de_lei_004-2025_-_criar_o_servico_voluntario.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/33/projeto_de_lei_municipal_004-2025_-_denominada_de_escola_municipal_do_ensino_infantil_e_fundamental_gabriel_macedo_de_lima.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/35/projeto_de_alteracao_orcamentaria_credito_esecial_p_inclusao_da_secretaria_de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/36/projeto_de_lei_municipal_no_006_2025_-_institui_o_diario_dos_municipios_famup_como_meio_de_publicacao_1.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/47/projeto_de_lei_1_-_pccr.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/68/projeto_042025_-_rua_maria_vieira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/69/projeto_00520252._terreno_cras.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/71/projeto132025_-_rua_maria_vieira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/72/projeto132025_-_rua_maria_vieira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/73/projeto_0140520252._terreno_cras.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/74/projeto_de_lei_no_0152025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/76/projeto_de_lei_municipal_017_2025_-_abertura_de_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/86/projeto_de_lei_no_0162025_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/89/projeto_de_lei_018_2025-_ginasio_manoel_placido.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/97/indicacao_-_00392025_robson.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/100/projeto_de_lei_no_020_2025_-_credito_especial_lei_aldir_blanc.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/101/projeto_de_lei_municipal_no_021-2025-altera_dispositivo_da_1502011_-_mixelly_de_iraildo.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/111/projeto_de_lei_00232025_-_cms.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/112/projeto_de_lei_no_024-2025_-_rua_erivaldo_oliveira_costa.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/113/projeto_de_lei_no_025-2025_-_rua_joao_casado_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/114/projeto_de_lei_no_026-2025_-_rua_benedita_maria_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/116/projeto_de_lei_municipal_no_027_2025_-_familia_acolhedora.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/121/028._rua_heleno_vicente_do_nascimento.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/122/029._rua_luis_lima_costa.correta.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/123/030._rua_francisco_pereira_da_silva_1.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/124/031._rua_izabel_buriti_de_azevedo.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/125/032._rua_severino_alves_dantas.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/126/rua_jose_faustino_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/127/034._projeto_de_lei_dos_feriados_municipais_2.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/143/projeto_de_lei_00362025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/144/projeto_de_alteracao_orcamentaria_credito_especial.1.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/146/12._rua_rosilda_chagas_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/147/13._rua_inacia_oliveira_silva.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/150/projeto_de_lei_municipal_no_039_2025_-_cria_asecretaria_de_cultura_turismo_esporte_e_juventude.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/149/projeto_de_lei_municipal_no_040-2025_-_cria_a_secretaria_de_agricultura_e_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/148/projeto_de_lei_municipal_no_041-2025_-_abertura_de_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/159/projeto_de_lei_municipal_no_042-2025_-_projeto_de_lei_incentivo_1.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/166/ppa_2026_-_2029.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/167/ploa_-_2026.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/168/projeto_de_lei_no_045-2025_-_homenageia_joao_queiroz_-_junior_gomes.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/175/projeto_de_lei_aniversario_servidor_-_correto.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/177/projeto_de_lei_municipal_no_047-2025_-_projeto_de_lei_mais_aprendizagem.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/178/projeto_de_lei_municipal_no_048-2025_-_projeto_de_lei_plano_de_cargos_e_salarios.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/200/projeto_de_lei_00492025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/201/projeto_de_lei_municipal_no_050-2025_-_projeto_de_lei_que_regula_os_precatorios_do_fundef.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/202/projeto_de_lei_no_051-2025_-_projeto_de_alteracao_orcamentaria_credito_esecial_p_inclusao_da_fontes_701e_544.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/209/projeto_de_lei_municipal_no_052-2025_-_abertura_de_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/219/projeto_de_lei_premiacao_-_correto.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/135/decreto_002_reverendo_padre_henrique_gustavo_assinado.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/37/nomeacao_ruas_manuel_gomes_da_silva_e_aurea_angelita_de_araujo___.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/45/requerimento_002-2025-_robson_renan.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/46/requerimento_003-2025-diego_gomes.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/63/requerimento_-_004-2025_marcio_ricardo.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/64/requerimento_-_005-2025_raquel_meira.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/65/requerimento_-_006-2025_marcio_ricardo_casado_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/67/requerimento_-_00072025_-_marcio_ricardo.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/70/requerimento_-_00082025_-_mixelly.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/75/requerimento_-_00092025_-_diego_e_raquel.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/88/requerimento_-_00102025_-_manuel_bia.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/103/requerimento_011.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/104/requerimento_012.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/115/requerimento_-_013-2025_-__marcio_ricardo.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/128/requerimento_-_00142025.1.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/145/requerimento_aposentadorias.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/157/requerimento_-_00162025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/169/requerimento_-_00212025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/170/requerimento_-_00222025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/180/requerimento_-_00192025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/186/requerimento_de_marcio_tea.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/192/processo_de_cassacao_de_vereador_robson_renan07112025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/203/requerimento_-_00222025_-_correto1.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/204/requerimento_-_00232025_-_correto1.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/38/indicacao_001-2025-_chiquinho_llucena.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/39/indicacao_002-2025-_flaviana_lucena.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/40/indicacao_003-2025-_flaviana_lucena.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/41/indicacao_004-2025-raquel_meira.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/43/indicacao_007-2025-jmarcio_ricardo.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/44/indicacao_008-2025-mixelly_de_iraildo.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/48/indicacao_007-2025-jmarcio_ricardo.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/49/indicacao_008-2025-mixelly_de_iraildo.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/50/indicacao_009-2025-robson_renan.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/51/indicacao_-_00102025_junior_gomes.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/52/indicacao_-_00112025_-_robson_renan.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/53/indicacao_-_00122025_robson_renan.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/54/indicacao_-_000132025_flaviana_lucena_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/55/indicacao_-_000142025_raquel_meira_de_melo_sousa.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/56/indicacao_-_000152025_marcio_ricardo_casado_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/57/indicacao_-_000162025marcio_ricardo_casado_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/58/indicacao_-_000172025_iraneide_da_silva.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/59/indicacao_-_000182025_iraneide_da_silva.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/60/indicacao_-_000192025_manuel_arnaldo_as_silva_ferreira.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/61/indicacao_-_000202025_manuel_arnaldo_as_silva_ferreira.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/62/indicacao_-_000212025_diego_da_silva_gomes.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/66/indicacao_-_00222025_1.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/77/indicacao_-_000212025_-_robson_renan.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/78/indicacao_-_00222025_-_robson_renan.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/79/indicacao_-_00232025_-_robson_renan.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/80/indicacao_-_000242025_-_diego_gomes.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/81/indicacao_-_00252025_-_flaviana_lucena.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/82/indicacao_-_00262025_-_diego_gomes.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/83/indicacao_-_00272025_mixelly_de_iraildo.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/84/indicacao_-_00282025_-_raquel_meira.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/85/indicacao_029-2025_-_chiquinho_lucena.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/90/indicacao_-_00322025_flaviana.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/91/indicacao_-_00332025_flaviana.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/92/indicacao_-_00352025_raquel.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/93/indicacao_-_00352025_raquel.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/94/indicacao_-_00362025_raquel.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/95/indicacao_-_00372025_raquel.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/96/indicacao_-_00382025_-_raquel.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/98/indicacao_-_00402025_mixelli.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/99/indicacao_-_00412025_mixelli.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/102/indicacao_-_00412025_mixelli.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/105/indicacao_-_0422025_robson_renan.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/106/indicacao_-_0432025_diego_gomes.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/107/indicacao_-_0442025_raquel_meira.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/108/indicacao_-_0452025_mixelly_de_iraildo.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/109/indicacao_-_0462025_mixelly_de_iraildo.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/110/indicacao_-_0472025_robson_renan.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/117/indicacao_-_00482025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/118/indicacao_-_00492025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/119/indicacao_-_00502025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/120/indicacao_-_00512025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/129/indicacao_-_00522025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/130/indicacao_-_00532025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/132/indicacao_-_00552025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/133/indicacao_-_00562025.correto.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/137/indicacao_-_00582025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/138/indicacao_-_00592025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/139/indicacao_-_00602025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/140/indicacao_-_00612025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/141/indicacao_-_00622025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/142/indicacao_-_00632025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/151/indicacao_-_000642025_3.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/152/indicacao_-_000652025_3.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/153/indicacao_-_000662025_3.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/154/indicacao_-_000672025_3.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/155/indicacao_-_000682025_3.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/156/indicacao_-_000692025_3.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/158/indicacao_-_00702025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/160/indicacao_-_00712025_-_chiquinho_lucenan.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/161/indicacao_-_00722025_-_flaviana_lucena.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/162/indicacao_-_00732025_-_robson_renan.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/163/indicacao_-_00742025_-_mixelly_de_iraildo.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/164/indicacao_-_00752025_-_mixelly_de_iraildo.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/165/indicacao_-_00762025_-_mixelly_de_iraildo.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/171/indicacao_-_00772025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/172/indicacao_-_00782025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/173/indicacao_-_00792025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/174/indicacao_-_00802025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/179/indicacao_-_00812025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/181/indicacao_-_00822025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/182/indicacao_-_00832025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/183/indicacao_-_00842025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/184/indicacao_-_00852025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/185/indicacao_-_00862025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/188/indicacao_-_00872025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/189/indicacao_-_00882025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/190/indicacao_-_00892025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/191/indicacao_-_00902025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/193/indicacao_-_00912025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/194/indicacao_-_0092025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/195/indicacao_-_0093025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/196/indicacao_-_0094025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/197/indicacao_-_0095025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/198/indicacao_-_0096025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/199/indicacao_-_0097025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/205/indicacao_-_0098025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/206/indicacao_-_0099025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/207/indicacao_-_0010025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/208/indicacao_-_0010125.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/210/indicacao_-_001022025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/211/indicacao_-_001032025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/212/indicacao_-_001042025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/213/indicacao_-_001052025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/214/indicacao_-_001062025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/215/indicacao_-_001072025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/216/indicacao_-_001082025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/217/indicacao_-_001092025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/218/indicacao_-_001102025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H176"/>
+  <dimension ref="A1:H187"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="50.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="202.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -3431,3316 +3530,3602 @@
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
       <c r="E50" t="s">
         <v>12</v>
       </c>
       <c r="F50" t="s">
         <v>199</v>
       </c>
       <c r="G50" s="1" t="s">
         <v>204</v>
       </c>
       <c r="H50" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>206</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>10</v>
+        <v>207</v>
       </c>
       <c r="D51" t="s">
-        <v>207</v>
+        <v>11</v>
       </c>
       <c r="E51" t="s">
+        <v>12</v>
+      </c>
+      <c r="F51" t="s">
+        <v>199</v>
+      </c>
+      <c r="G51" s="1" t="s">
         <v>208</v>
       </c>
-      <c r="F51" t="s">
-[...2 lines deleted...]
-      <c r="G51" s="1" t="s">
+      <c r="H51" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>147</v>
+        <v>210</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>10</v>
+        <v>211</v>
       </c>
       <c r="D52" t="s">
-        <v>211</v>
+        <v>11</v>
       </c>
       <c r="E52" t="s">
+        <v>12</v>
+      </c>
+      <c r="F52" t="s">
+        <v>199</v>
+      </c>
+      <c r="G52" s="1" t="s">
         <v>212</v>
       </c>
-      <c r="F52" t="s">
-[...2 lines deleted...]
-      <c r="G52" s="1" t="s">
+      <c r="H52" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>178</v>
+        <v>214</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="E53" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="F53" t="s">
-        <v>85</v>
+        <v>67</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="H53" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>183</v>
+        <v>147</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>211</v>
+        <v>219</v>
       </c>
       <c r="E54" t="s">
-        <v>212</v>
+        <v>220</v>
       </c>
       <c r="F54" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="H54" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
+        <v>178</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>17</v>
+      </c>
+      <c r="D55" t="s">
         <v>219</v>
       </c>
-      <c r="B55" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E55" t="s">
-        <v>212</v>
+        <v>220</v>
       </c>
       <c r="F55" t="s">
-        <v>43</v>
+        <v>85</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="H55" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="D56" t="s">
-        <v>211</v>
+        <v>219</v>
       </c>
       <c r="E56" t="s">
-        <v>212</v>
+        <v>220</v>
       </c>
       <c r="F56" t="s">
-        <v>67</v>
+        <v>80</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="H56" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="D57" t="s">
-        <v>211</v>
+        <v>219</v>
       </c>
       <c r="E57" t="s">
-        <v>212</v>
+        <v>220</v>
       </c>
       <c r="F57" t="s">
         <v>43</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="H57" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="D58" t="s">
-        <v>211</v>
+        <v>219</v>
       </c>
       <c r="E58" t="s">
-        <v>212</v>
+        <v>220</v>
       </c>
       <c r="F58" t="s">
-        <v>43</v>
+        <v>67</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="H58" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>232</v>
+        <v>34</v>
       </c>
       <c r="D59" t="s">
-        <v>211</v>
+        <v>219</v>
       </c>
       <c r="E59" t="s">
-        <v>212</v>
+        <v>220</v>
       </c>
       <c r="F59" t="s">
-        <v>94</v>
+        <v>43</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="H59" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D60" t="s">
-        <v>211</v>
+        <v>219</v>
       </c>
       <c r="E60" t="s">
-        <v>212</v>
+        <v>220</v>
       </c>
       <c r="F60" t="s">
-        <v>80</v>
+        <v>43</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="H60" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>47</v>
+        <v>240</v>
       </c>
       <c r="D61" t="s">
-        <v>211</v>
+        <v>219</v>
       </c>
       <c r="E61" t="s">
-        <v>212</v>
+        <v>220</v>
       </c>
       <c r="F61" t="s">
-        <v>239</v>
+        <v>94</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="H61" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="D62" t="s">
-        <v>211</v>
+        <v>219</v>
       </c>
       <c r="E62" t="s">
-        <v>212</v>
+        <v>220</v>
       </c>
       <c r="F62" t="s">
-        <v>43</v>
+        <v>80</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="H62" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>55</v>
+        <v>47</v>
       </c>
       <c r="D63" t="s">
-        <v>211</v>
+        <v>219</v>
       </c>
       <c r="E63" t="s">
-        <v>212</v>
+        <v>220</v>
       </c>
       <c r="F63" t="s">
-        <v>43</v>
+        <v>247</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="H63" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="D64" t="s">
-        <v>211</v>
+        <v>219</v>
       </c>
       <c r="E64" t="s">
-        <v>212</v>
+        <v>220</v>
       </c>
       <c r="F64" t="s">
         <v>43</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="H64" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>62</v>
+        <v>55</v>
       </c>
       <c r="D65" t="s">
-        <v>211</v>
+        <v>219</v>
       </c>
       <c r="E65" t="s">
-        <v>212</v>
+        <v>220</v>
       </c>
       <c r="F65" t="s">
         <v>43</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="H65" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="D66" t="s">
-        <v>211</v>
+        <v>219</v>
       </c>
       <c r="E66" t="s">
-        <v>212</v>
+        <v>220</v>
       </c>
       <c r="F66" t="s">
         <v>43</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="H66" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>71</v>
+        <v>62</v>
       </c>
       <c r="D67" t="s">
-        <v>211</v>
+        <v>219</v>
       </c>
       <c r="E67" t="s">
-        <v>212</v>
+        <v>220</v>
       </c>
       <c r="F67" t="s">
-        <v>258</v>
+        <v>43</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H67" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="D68" t="s">
-        <v>211</v>
+        <v>219</v>
       </c>
       <c r="E68" t="s">
-        <v>212</v>
+        <v>220</v>
       </c>
       <c r="F68" t="s">
         <v>43</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="H68" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>265</v>
+        <v>71</v>
       </c>
       <c r="D69" t="s">
-        <v>211</v>
+        <v>219</v>
       </c>
       <c r="E69" t="s">
-        <v>212</v>
+        <v>220</v>
       </c>
       <c r="F69" t="s">
-        <v>67</v>
+        <v>266</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="H69" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="D70" t="s">
-        <v>211</v>
+        <v>219</v>
       </c>
       <c r="E70" t="s">
-        <v>212</v>
+        <v>220</v>
       </c>
       <c r="F70" t="s">
-        <v>85</v>
+        <v>43</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="H70" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>84</v>
+        <v>273</v>
       </c>
       <c r="D71" t="s">
-        <v>211</v>
+        <v>219</v>
       </c>
       <c r="E71" t="s">
-        <v>212</v>
+        <v>220</v>
       </c>
       <c r="F71" t="s">
-        <v>43</v>
+        <v>67</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="H71" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>89</v>
+        <v>79</v>
       </c>
       <c r="D72" t="s">
-        <v>211</v>
+        <v>219</v>
       </c>
       <c r="E72" t="s">
-        <v>212</v>
+        <v>220</v>
       </c>
       <c r="F72" t="s">
-        <v>275</v>
+        <v>85</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="H72" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>93</v>
+        <v>84</v>
       </c>
       <c r="D73" t="s">
-        <v>211</v>
+        <v>219</v>
       </c>
       <c r="E73" t="s">
-        <v>212</v>
+        <v>220</v>
       </c>
       <c r="F73" t="s">
         <v>43</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="H73" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>98</v>
+        <v>89</v>
       </c>
       <c r="D74" t="s">
-        <v>211</v>
+        <v>219</v>
       </c>
       <c r="E74" t="s">
-        <v>212</v>
+        <v>220</v>
       </c>
       <c r="F74" t="s">
-        <v>43</v>
+        <v>283</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="H74" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>151</v>
+        <v>286</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>10</v>
+        <v>93</v>
       </c>
       <c r="D75" t="s">
-        <v>284</v>
+        <v>219</v>
       </c>
       <c r="E75" t="s">
-        <v>285</v>
+        <v>220</v>
       </c>
       <c r="F75" t="s">
-        <v>258</v>
+        <v>43</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="H75" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>155</v>
+        <v>289</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>17</v>
+        <v>98</v>
       </c>
       <c r="D76" t="s">
-        <v>284</v>
+        <v>219</v>
       </c>
       <c r="E76" t="s">
-        <v>285</v>
+        <v>220</v>
       </c>
       <c r="F76" t="s">
-        <v>288</v>
+        <v>43</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="H76" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>159</v>
+        <v>151</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="D77" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E77" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F77" t="s">
-        <v>288</v>
+        <v>266</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="H77" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>163</v>
+        <v>155</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="D78" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E78" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F78" t="s">
-        <v>67</v>
+        <v>296</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="H78" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>170</v>
+        <v>159</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="D79" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E79" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F79" t="s">
-        <v>43</v>
+        <v>296</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="H79" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>174</v>
+        <v>163</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="D80" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E80" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F80" t="s">
-        <v>94</v>
+        <v>67</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="H80" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>190</v>
+        <v>170</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="D81" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E81" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F81" t="s">
         <v>43</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="H81" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>194</v>
+        <v>174</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>232</v>
+        <v>34</v>
       </c>
       <c r="D82" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E82" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F82" t="s">
         <v>94</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="H82" t="s">
-        <v>298</v>
+        <v>306</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>198</v>
+        <v>190</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D83" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E83" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F83" t="s">
-        <v>85</v>
+        <v>43</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
       <c r="H83" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>203</v>
+        <v>194</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>47</v>
+        <v>240</v>
       </c>
       <c r="D84" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E84" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F84" t="s">
-        <v>179</v>
+        <v>94</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="H84" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>306</v>
+        <v>198</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="D85" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E85" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F85" t="s">
         <v>85</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="H85" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>309</v>
+        <v>203</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>55</v>
+        <v>47</v>
       </c>
       <c r="D86" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E86" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F86" t="s">
-        <v>85</v>
+        <v>179</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="H86" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>312</v>
+        <v>207</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="D87" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E87" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F87" t="s">
-        <v>288</v>
+        <v>85</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="H87" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>315</v>
+        <v>211</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>62</v>
+        <v>55</v>
       </c>
       <c r="D88" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E88" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F88" t="s">
-        <v>67</v>
+        <v>85</v>
       </c>
       <c r="G88" s="1" t="s">
         <v>316</v>
       </c>
       <c r="H88" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>318</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="D89" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E89" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F89" t="s">
-        <v>43</v>
+        <v>296</v>
       </c>
       <c r="G89" s="1" t="s">
         <v>319</v>
       </c>
       <c r="H89" t="s">
         <v>320</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>321</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>71</v>
+        <v>62</v>
       </c>
       <c r="D90" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E90" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F90" t="s">
-        <v>43</v>
+        <v>67</v>
       </c>
       <c r="G90" s="1" t="s">
         <v>322</v>
       </c>
       <c r="H90" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>324</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="D91" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E91" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F91" t="s">
-        <v>94</v>
+        <v>43</v>
       </c>
       <c r="G91" s="1" t="s">
         <v>325</v>
       </c>
       <c r="H91" t="s">
         <v>326</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>327</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>265</v>
+        <v>71</v>
       </c>
       <c r="D92" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E92" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F92" t="s">
-        <v>94</v>
+        <v>43</v>
       </c>
       <c r="G92" s="1" t="s">
         <v>328</v>
       </c>
       <c r="H92" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>330</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="D93" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E93" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F93" t="s">
-        <v>239</v>
+        <v>94</v>
       </c>
       <c r="G93" s="1" t="s">
         <v>331</v>
       </c>
       <c r="H93" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>333</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>84</v>
+        <v>273</v>
       </c>
       <c r="D94" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E94" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F94" t="s">
-        <v>239</v>
+        <v>94</v>
       </c>
       <c r="G94" s="1" t="s">
         <v>334</v>
       </c>
       <c r="H94" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>336</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>89</v>
+        <v>79</v>
       </c>
       <c r="D95" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E95" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F95" t="s">
-        <v>80</v>
+        <v>247</v>
       </c>
       <c r="G95" s="1" t="s">
         <v>337</v>
       </c>
       <c r="H95" t="s">
         <v>338</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>339</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>93</v>
+        <v>84</v>
       </c>
       <c r="D96" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E96" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F96" t="s">
-        <v>94</v>
+        <v>247</v>
       </c>
       <c r="G96" s="1" t="s">
         <v>340</v>
       </c>
       <c r="H96" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>342</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>98</v>
+        <v>89</v>
       </c>
       <c r="D97" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E97" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F97" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="G97" s="1" t="s">
         <v>343</v>
       </c>
       <c r="H97" t="s">
         <v>344</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>345</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>102</v>
+        <v>93</v>
       </c>
       <c r="D98" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E98" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F98" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="G98" s="1" t="s">
         <v>346</v>
       </c>
       <c r="H98" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>348</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>106</v>
+        <v>98</v>
       </c>
       <c r="D99" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E99" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F99" t="s">
         <v>85</v>
       </c>
       <c r="G99" s="1" t="s">
         <v>349</v>
       </c>
       <c r="H99" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>351</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>110</v>
+        <v>102</v>
       </c>
       <c r="D100" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E100" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F100" t="s">
-        <v>288</v>
+        <v>85</v>
       </c>
       <c r="G100" s="1" t="s">
         <v>352</v>
       </c>
       <c r="H100" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>114</v>
+        <v>106</v>
       </c>
       <c r="D101" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E101" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F101" t="s">
-        <v>288</v>
+        <v>85</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="H101" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>118</v>
+        <v>110</v>
       </c>
       <c r="D102" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E102" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F102" t="s">
-        <v>80</v>
+        <v>296</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="H102" t="s">
-        <v>358</v>
+        <v>344</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>359</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>8</v>
+        <v>114</v>
       </c>
       <c r="D103" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E103" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F103" t="s">
-        <v>94</v>
+        <v>296</v>
       </c>
       <c r="G103" s="1" t="s">
         <v>360</v>
       </c>
       <c r="H103" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>362</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>16</v>
+        <v>118</v>
       </c>
       <c r="D104" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E104" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F104" t="s">
-        <v>67</v>
+        <v>80</v>
       </c>
       <c r="G104" s="1" t="s">
         <v>363</v>
       </c>
       <c r="H104" t="s">
         <v>364</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>365</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="D105" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E105" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F105" t="s">
-        <v>258</v>
+        <v>94</v>
       </c>
       <c r="G105" s="1" t="s">
         <v>366</v>
       </c>
       <c r="H105" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>368</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D106" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E106" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F106" t="s">
-        <v>288</v>
+        <v>67</v>
       </c>
       <c r="G106" s="1" t="s">
         <v>369</v>
       </c>
       <c r="H106" t="s">
         <v>370</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>371</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="D107" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E107" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F107" t="s">
-        <v>288</v>
+        <v>266</v>
       </c>
       <c r="G107" s="1" t="s">
         <v>372</v>
       </c>
       <c r="H107" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>374</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>137</v>
+        <v>25</v>
       </c>
       <c r="D108" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E108" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F108" t="s">
-        <v>85</v>
+        <v>296</v>
       </c>
       <c r="G108" s="1" t="s">
         <v>375</v>
       </c>
       <c r="H108" t="s">
         <v>376</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>377</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D109" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E109" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F109" t="s">
-        <v>67</v>
+        <v>296</v>
       </c>
       <c r="G109" s="1" t="s">
         <v>378</v>
       </c>
       <c r="H109" t="s">
         <v>379</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>380</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>37</v>
+        <v>137</v>
       </c>
       <c r="D110" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E110" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F110" t="s">
-        <v>67</v>
+        <v>85</v>
       </c>
       <c r="G110" s="1" t="s">
         <v>381</v>
       </c>
       <c r="H110" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>383</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>147</v>
+        <v>33</v>
       </c>
       <c r="D111" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E111" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F111" t="s">
         <v>67</v>
       </c>
       <c r="G111" s="1" t="s">
         <v>384</v>
       </c>
       <c r="H111" t="s">
         <v>385</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>386</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>151</v>
+        <v>37</v>
       </c>
       <c r="D112" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E112" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F112" t="s">
         <v>67</v>
       </c>
       <c r="G112" s="1" t="s">
         <v>387</v>
       </c>
       <c r="H112" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>389</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D113" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E113" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F113" t="s">
-        <v>94</v>
+        <v>67</v>
       </c>
       <c r="G113" s="1" t="s">
         <v>390</v>
       </c>
       <c r="H113" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>392</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>159</v>
+        <v>151</v>
       </c>
       <c r="D114" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E114" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F114" t="s">
-        <v>94</v>
+        <v>67</v>
       </c>
       <c r="G114" s="1" t="s">
         <v>393</v>
       </c>
       <c r="H114" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>163</v>
+        <v>155</v>
       </c>
       <c r="D115" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E115" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F115" t="s">
         <v>94</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="H115" t="s">
-        <v>391</v>
+        <v>397</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>166</v>
+        <v>159</v>
       </c>
       <c r="D116" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E116" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F116" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="G116" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="H116" t="s">
         <v>397</v>
-      </c>
-[...1 lines deleted...]
-        <v>398</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="D117" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E117" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F117" t="s">
-        <v>80</v>
+        <v>94</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="H117" t="s">
-        <v>401</v>
+        <v>397</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>402</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="D118" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E118" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F118" t="s">
-        <v>67</v>
+        <v>85</v>
       </c>
       <c r="G118" s="1" t="s">
         <v>403</v>
       </c>
       <c r="H118" t="s">
         <v>404</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>405</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="D119" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E119" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F119" t="s">
-        <v>94</v>
+        <v>80</v>
       </c>
       <c r="G119" s="1" t="s">
         <v>406</v>
       </c>
       <c r="H119" t="s">
         <v>407</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>408</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>183</v>
+        <v>174</v>
       </c>
       <c r="D120" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E120" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F120" t="s">
-        <v>94</v>
+        <v>67</v>
       </c>
       <c r="G120" s="1" t="s">
         <v>409</v>
       </c>
       <c r="H120" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>411</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>41</v>
+        <v>178</v>
       </c>
       <c r="D121" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E121" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F121" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="G121" s="1" t="s">
         <v>412</v>
       </c>
       <c r="H121" t="s">
         <v>413</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>414</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>190</v>
+        <v>183</v>
       </c>
       <c r="D122" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E122" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F122" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="G122" s="1" t="s">
         <v>415</v>
       </c>
       <c r="H122" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>417</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>194</v>
+        <v>41</v>
       </c>
       <c r="D123" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E123" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F123" t="s">
         <v>85</v>
       </c>
       <c r="G123" s="1" t="s">
         <v>418</v>
       </c>
       <c r="H123" t="s">
         <v>419</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>420</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>198</v>
+        <v>190</v>
       </c>
       <c r="D124" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E124" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F124" t="s">
         <v>85</v>
       </c>
       <c r="G124" s="1" t="s">
         <v>421</v>
       </c>
       <c r="H124" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>423</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>203</v>
+        <v>194</v>
       </c>
       <c r="D125" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E125" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F125" t="s">
-        <v>67</v>
+        <v>85</v>
       </c>
       <c r="G125" s="1" t="s">
         <v>424</v>
       </c>
       <c r="H125" t="s">
         <v>425</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>426</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>306</v>
+        <v>198</v>
       </c>
       <c r="D126" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E126" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F126" t="s">
-        <v>258</v>
+        <v>85</v>
       </c>
       <c r="G126" s="1" t="s">
         <v>427</v>
       </c>
       <c r="H126" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>429</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>309</v>
+        <v>203</v>
       </c>
       <c r="D127" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E127" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F127" t="s">
-        <v>43</v>
+        <v>67</v>
       </c>
       <c r="G127" s="1" t="s">
         <v>430</v>
       </c>
       <c r="H127" t="s">
         <v>431</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>432</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>312</v>
+        <v>207</v>
       </c>
       <c r="D128" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E128" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F128" t="s">
-        <v>258</v>
+        <v>266</v>
       </c>
       <c r="G128" s="1" t="s">
         <v>433</v>
       </c>
       <c r="H128" t="s">
         <v>434</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>435</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>315</v>
+        <v>211</v>
       </c>
       <c r="D129" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E129" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F129" t="s">
-        <v>80</v>
+        <v>43</v>
       </c>
       <c r="G129" s="1" t="s">
         <v>436</v>
       </c>
       <c r="H129" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>438</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
         <v>318</v>
       </c>
       <c r="D130" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E130" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F130" t="s">
-        <v>80</v>
+        <v>266</v>
       </c>
       <c r="G130" s="1" t="s">
         <v>439</v>
       </c>
       <c r="H130" t="s">
         <v>440</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
         <v>441</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
         <v>321</v>
       </c>
       <c r="D131" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E131" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F131" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>433</v>
+        <v>442</v>
       </c>
       <c r="H131" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
         <v>324</v>
       </c>
       <c r="D132" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E132" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F132" t="s">
-        <v>67</v>
+        <v>80</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="H132" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
         <v>327</v>
       </c>
       <c r="D133" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E133" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F133" t="s">
-        <v>258</v>
+        <v>85</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>447</v>
+        <v>439</v>
       </c>
       <c r="H133" t="s">
         <v>448</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>449</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
         <v>330</v>
       </c>
       <c r="D134" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E134" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F134" t="s">
-        <v>288</v>
+        <v>67</v>
       </c>
       <c r="G134" s="1" t="s">
         <v>450</v>
       </c>
       <c r="H134" t="s">
         <v>451</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
         <v>452</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
         <v>333</v>
       </c>
       <c r="D135" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E135" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F135" t="s">
-        <v>288</v>
+        <v>266</v>
       </c>
       <c r="G135" s="1" t="s">
         <v>453</v>
       </c>
       <c r="H135" t="s">
         <v>454</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>455</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
         <v>336</v>
       </c>
       <c r="D136" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E136" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F136" t="s">
-        <v>94</v>
+        <v>296</v>
       </c>
       <c r="G136" s="1" t="s">
         <v>456</v>
       </c>
       <c r="H136" t="s">
         <v>457</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
         <v>458</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>219</v>
+        <v>339</v>
       </c>
       <c r="D137" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E137" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F137" t="s">
-        <v>94</v>
+        <v>296</v>
       </c>
       <c r="G137" s="1" t="s">
         <v>459</v>
       </c>
       <c r="H137" t="s">
         <v>460</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
         <v>461</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>222</v>
+        <v>342</v>
       </c>
       <c r="D138" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E138" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F138" t="s">
-        <v>179</v>
+        <v>94</v>
       </c>
       <c r="G138" s="1" t="s">
         <v>462</v>
       </c>
       <c r="H138" t="s">
         <v>463</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
         <v>464</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="D139" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E139" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F139" t="s">
-        <v>288</v>
+        <v>94</v>
       </c>
       <c r="G139" s="1" t="s">
         <v>465</v>
       </c>
       <c r="H139" t="s">
         <v>466</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
         <v>467</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>339</v>
+        <v>230</v>
       </c>
       <c r="D140" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E140" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F140" t="s">
-        <v>85</v>
+        <v>179</v>
       </c>
       <c r="G140" s="1" t="s">
         <v>468</v>
       </c>
       <c r="H140" t="s">
         <v>469</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
         <v>470</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="D141" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E141" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F141" t="s">
-        <v>85</v>
+        <v>296</v>
       </c>
       <c r="G141" s="1" t="s">
         <v>471</v>
       </c>
       <c r="H141" t="s">
         <v>472</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
         <v>473</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>46</v>
+        <v>345</v>
       </c>
       <c r="D142" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E142" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F142" t="s">
-        <v>67</v>
+        <v>85</v>
       </c>
       <c r="G142" s="1" t="s">
         <v>474</v>
       </c>
       <c r="H142" t="s">
         <v>475</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
         <v>476</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>50</v>
+        <v>236</v>
       </c>
       <c r="D143" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E143" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F143" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="G143" s="1" t="s">
         <v>477</v>
       </c>
       <c r="H143" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
         <v>479</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>231</v>
+        <v>46</v>
       </c>
       <c r="D144" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E144" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F144" t="s">
-        <v>94</v>
+        <v>67</v>
       </c>
       <c r="G144" s="1" t="s">
         <v>480</v>
       </c>
       <c r="H144" t="s">
         <v>481</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>482</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="D145" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E145" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F145" t="s">
-        <v>258</v>
+        <v>80</v>
       </c>
       <c r="G145" s="1" t="s">
         <v>483</v>
       </c>
       <c r="H145" t="s">
         <v>484</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
         <v>485</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>57</v>
+        <v>239</v>
       </c>
       <c r="D146" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E146" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F146" t="s">
-        <v>288</v>
+        <v>94</v>
       </c>
       <c r="G146" s="1" t="s">
         <v>486</v>
       </c>
       <c r="H146" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>488</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>61</v>
+        <v>54</v>
       </c>
       <c r="D147" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E147" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F147" t="s">
-        <v>85</v>
+        <v>266</v>
       </c>
       <c r="G147" s="1" t="s">
         <v>489</v>
       </c>
       <c r="H147" t="s">
         <v>490</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
         <v>491</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>65</v>
+        <v>57</v>
       </c>
       <c r="D148" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E148" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F148" t="s">
-        <v>94</v>
+        <v>296</v>
       </c>
       <c r="G148" s="1" t="s">
         <v>492</v>
       </c>
       <c r="H148" t="s">
         <v>493</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>494</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>235</v>
+        <v>61</v>
       </c>
       <c r="D149" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E149" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F149" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="G149" s="1" t="s">
         <v>495</v>
       </c>
       <c r="H149" t="s">
         <v>496</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>497</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="D150" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E150" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F150" t="s">
         <v>94</v>
       </c>
       <c r="G150" s="1" t="s">
         <v>498</v>
       </c>
       <c r="H150" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>500</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>342</v>
+        <v>243</v>
       </c>
       <c r="D151" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E151" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F151" t="s">
-        <v>179</v>
+        <v>94</v>
       </c>
       <c r="G151" s="1" t="s">
         <v>501</v>
       </c>
       <c r="H151" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>503</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>345</v>
+        <v>70</v>
       </c>
       <c r="D152" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E152" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F152" t="s">
-        <v>67</v>
+        <v>94</v>
       </c>
       <c r="G152" s="1" t="s">
         <v>504</v>
       </c>
       <c r="H152" t="s">
         <v>505</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>506</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
         <v>348</v>
       </c>
       <c r="D153" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E153" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F153" t="s">
-        <v>67</v>
+        <v>179</v>
       </c>
       <c r="G153" s="1" t="s">
         <v>507</v>
       </c>
       <c r="H153" t="s">
         <v>508</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>509</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
         <v>351</v>
       </c>
       <c r="D154" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E154" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F154" t="s">
-        <v>85</v>
+        <v>67</v>
       </c>
       <c r="G154" s="1" t="s">
         <v>510</v>
       </c>
       <c r="H154" t="s">
         <v>511</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
         <v>512</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D155" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E155" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F155" t="s">
-        <v>94</v>
+        <v>67</v>
       </c>
       <c r="G155" s="1" t="s">
         <v>513</v>
       </c>
       <c r="H155" t="s">
         <v>514</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>515</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="D156" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E156" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F156" t="s">
         <v>85</v>
       </c>
       <c r="G156" s="1" t="s">
         <v>516</v>
       </c>
       <c r="H156" t="s">
         <v>517</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
         <v>518</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
         <v>359</v>
       </c>
       <c r="D157" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E157" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F157" t="s">
-        <v>67</v>
+        <v>94</v>
       </c>
       <c r="G157" s="1" t="s">
         <v>519</v>
       </c>
       <c r="H157" t="s">
         <v>520</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
         <v>521</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
         <v>362</v>
       </c>
       <c r="D158" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E158" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F158" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="G158" s="1" t="s">
         <v>522</v>
       </c>
       <c r="H158" t="s">
         <v>523</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
         <v>524</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
         <v>365</v>
       </c>
       <c r="D159" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E159" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F159" t="s">
-        <v>179</v>
+        <v>67</v>
       </c>
       <c r="G159" s="1" t="s">
         <v>525</v>
       </c>
       <c r="H159" t="s">
         <v>526</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
         <v>527</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>74</v>
+        <v>368</v>
       </c>
       <c r="D160" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E160" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F160" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="G160" s="1" t="s">
         <v>528</v>
       </c>
       <c r="H160" t="s">
         <v>529</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
         <v>530</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
+        <v>371</v>
+      </c>
+      <c r="D161" t="s">
+        <v>292</v>
+      </c>
+      <c r="E161" t="s">
+        <v>293</v>
+      </c>
+      <c r="F161" t="s">
+        <v>179</v>
+      </c>
+      <c r="G161" s="1" t="s">
         <v>531</v>
       </c>
-      <c r="D161" t="s">
-[...8 lines deleted...]
-      <c r="G161" s="1" t="s">
+      <c r="H161" t="s">
         <v>532</v>
-      </c>
-[...1 lines deleted...]
-        <v>533</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>534</v>
+        <v>533</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>238</v>
+        <v>74</v>
       </c>
       <c r="D162" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E162" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F162" t="s">
         <v>85</v>
       </c>
       <c r="G162" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="H162" t="s">
         <v>535</v>
-      </c>
-[...1 lines deleted...]
-        <v>536</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
+        <v>536</v>
+      </c>
+      <c r="B163" t="s">
+        <v>9</v>
+      </c>
+      <c r="C163" t="s">
         <v>537</v>
       </c>
-      <c r="B163" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D163" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E163" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F163" t="s">
         <v>85</v>
       </c>
       <c r="G163" s="1" t="s">
         <v>538</v>
       </c>
       <c r="H163" t="s">
         <v>539</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
         <v>540</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>368</v>
+        <v>246</v>
       </c>
       <c r="D164" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E164" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F164" t="s">
         <v>85</v>
       </c>
       <c r="G164" s="1" t="s">
         <v>541</v>
       </c>
       <c r="H164" t="s">
         <v>542</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
         <v>543</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>371</v>
+        <v>78</v>
       </c>
       <c r="D165" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E165" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F165" t="s">
-        <v>258</v>
+        <v>85</v>
       </c>
       <c r="G165" s="1" t="s">
         <v>544</v>
       </c>
       <c r="H165" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
         <v>546</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
         <v>374</v>
       </c>
       <c r="D166" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E166" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F166" t="s">
-        <v>258</v>
+        <v>85</v>
       </c>
       <c r="G166" s="1" t="s">
         <v>547</v>
       </c>
       <c r="H166" t="s">
         <v>548</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
         <v>549</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
         <v>377</v>
       </c>
       <c r="D167" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E167" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F167" t="s">
-        <v>85</v>
+        <v>266</v>
       </c>
       <c r="G167" s="1" t="s">
         <v>550</v>
       </c>
       <c r="H167" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
         <v>552</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
         <v>380</v>
       </c>
       <c r="D168" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E168" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F168" t="s">
-        <v>94</v>
+        <v>266</v>
       </c>
       <c r="G168" s="1" t="s">
         <v>553</v>
       </c>
       <c r="H168" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
         <v>555</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
         <v>383</v>
       </c>
       <c r="D169" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E169" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F169" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="G169" s="1" t="s">
         <v>556</v>
       </c>
       <c r="H169" t="s">
         <v>557</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
         <v>558</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
         <v>386</v>
       </c>
       <c r="D170" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E170" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F170" t="s">
-        <v>80</v>
+        <v>94</v>
       </c>
       <c r="G170" s="1" t="s">
         <v>559</v>
       </c>
       <c r="H170" t="s">
         <v>560</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
         <v>561</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>83</v>
+        <v>389</v>
       </c>
       <c r="D171" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E171" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F171" t="s">
-        <v>288</v>
+        <v>94</v>
       </c>
       <c r="G171" s="1" t="s">
         <v>562</v>
       </c>
       <c r="H171" t="s">
         <v>563</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
         <v>564</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="D172" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E172" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F172" t="s">
-        <v>94</v>
+        <v>80</v>
       </c>
       <c r="G172" s="1" t="s">
         <v>565</v>
       </c>
       <c r="H172" t="s">
         <v>566</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
         <v>567</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>392</v>
+        <v>83</v>
       </c>
       <c r="D173" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E173" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F173" t="s">
-        <v>94</v>
+        <v>296</v>
       </c>
       <c r="G173" s="1" t="s">
         <v>568</v>
       </c>
       <c r="H173" t="s">
         <v>569</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
         <v>570</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>88</v>
+        <v>395</v>
       </c>
       <c r="D174" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E174" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F174" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="G174" s="1" t="s">
         <v>571</v>
       </c>
       <c r="H174" t="s">
         <v>572</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
         <v>573</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>92</v>
+        <v>398</v>
       </c>
       <c r="D175" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="E175" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F175" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="G175" s="1" t="s">
         <v>574</v>
       </c>
       <c r="H175" t="s">
         <v>575</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
         <v>576</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
+        <v>88</v>
+      </c>
+      <c r="D176" t="s">
+        <v>292</v>
+      </c>
+      <c r="E176" t="s">
+        <v>293</v>
+      </c>
+      <c r="F176" t="s">
+        <v>85</v>
+      </c>
+      <c r="G176" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="H176" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="177" spans="1:8">
+      <c r="A177" t="s">
+        <v>579</v>
+      </c>
+      <c r="B177" t="s">
+        <v>9</v>
+      </c>
+      <c r="C177" t="s">
+        <v>92</v>
+      </c>
+      <c r="D177" t="s">
+        <v>292</v>
+      </c>
+      <c r="E177" t="s">
+        <v>293</v>
+      </c>
+      <c r="F177" t="s">
+        <v>85</v>
+      </c>
+      <c r="G177" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="H177" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="178" spans="1:8">
+      <c r="A178" t="s">
+        <v>582</v>
+      </c>
+      <c r="B178" t="s">
+        <v>9</v>
+      </c>
+      <c r="C178" t="s">
+        <v>400</v>
+      </c>
+      <c r="D178" t="s">
+        <v>292</v>
+      </c>
+      <c r="E178" t="s">
+        <v>293</v>
+      </c>
+      <c r="F178" t="s">
+        <v>179</v>
+      </c>
+      <c r="G178" s="1" t="s">
+        <v>583</v>
+      </c>
+      <c r="H178" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="179" spans="1:8">
+      <c r="A179" t="s">
+        <v>585</v>
+      </c>
+      <c r="B179" t="s">
+        <v>9</v>
+      </c>
+      <c r="C179" t="s">
+        <v>250</v>
+      </c>
+      <c r="D179" t="s">
+        <v>292</v>
+      </c>
+      <c r="E179" t="s">
+        <v>293</v>
+      </c>
+      <c r="F179" t="s">
+        <v>80</v>
+      </c>
+      <c r="G179" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="H179" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="180" spans="1:8">
+      <c r="A180" t="s">
+        <v>588</v>
+      </c>
+      <c r="B180" t="s">
+        <v>9</v>
+      </c>
+      <c r="C180" t="s">
+        <v>253</v>
+      </c>
+      <c r="D180" t="s">
+        <v>292</v>
+      </c>
+      <c r="E180" t="s">
+        <v>293</v>
+      </c>
+      <c r="F180" t="s">
+        <v>296</v>
+      </c>
+      <c r="G180" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="H180" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="181" spans="1:8">
+      <c r="A181" t="s">
+        <v>591</v>
+      </c>
+      <c r="B181" t="s">
+        <v>9</v>
+      </c>
+      <c r="C181" t="s">
+        <v>402</v>
+      </c>
+      <c r="D181" t="s">
+        <v>292</v>
+      </c>
+      <c r="E181" t="s">
+        <v>293</v>
+      </c>
+      <c r="F181" t="s">
+        <v>85</v>
+      </c>
+      <c r="G181" s="1" t="s">
+        <v>592</v>
+      </c>
+      <c r="H181" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="182" spans="1:8">
+      <c r="A182" t="s">
+        <v>594</v>
+      </c>
+      <c r="B182" t="s">
+        <v>9</v>
+      </c>
+      <c r="C182" t="s">
+        <v>405</v>
+      </c>
+      <c r="D182" t="s">
+        <v>292</v>
+      </c>
+      <c r="E182" t="s">
+        <v>293</v>
+      </c>
+      <c r="F182" t="s">
+        <v>94</v>
+      </c>
+      <c r="G182" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="H182" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="183" spans="1:8">
+      <c r="A183" t="s">
+        <v>597</v>
+      </c>
+      <c r="B183" t="s">
+        <v>9</v>
+      </c>
+      <c r="C183" t="s">
+        <v>408</v>
+      </c>
+      <c r="D183" t="s">
+        <v>292</v>
+      </c>
+      <c r="E183" t="s">
+        <v>293</v>
+      </c>
+      <c r="F183" t="s">
+        <v>94</v>
+      </c>
+      <c r="G183" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="H183" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="184" spans="1:8">
+      <c r="A184" t="s">
+        <v>600</v>
+      </c>
+      <c r="B184" t="s">
+        <v>9</v>
+      </c>
+      <c r="C184" t="s">
+        <v>411</v>
+      </c>
+      <c r="D184" t="s">
+        <v>292</v>
+      </c>
+      <c r="E184" t="s">
+        <v>293</v>
+      </c>
+      <c r="F184" t="s">
+        <v>94</v>
+      </c>
+      <c r="G184" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="H184" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="185" spans="1:8">
+      <c r="A185" t="s">
+        <v>603</v>
+      </c>
+      <c r="B185" t="s">
+        <v>9</v>
+      </c>
+      <c r="C185" t="s">
+        <v>414</v>
+      </c>
+      <c r="D185" t="s">
+        <v>292</v>
+      </c>
+      <c r="E185" t="s">
+        <v>293</v>
+      </c>
+      <c r="F185" t="s">
+        <v>67</v>
+      </c>
+      <c r="G185" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="H185" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="186" spans="1:8">
+      <c r="A186" t="s">
+        <v>606</v>
+      </c>
+      <c r="B186" t="s">
+        <v>9</v>
+      </c>
+      <c r="C186" t="s">
+        <v>417</v>
+      </c>
+      <c r="D186" t="s">
+        <v>292</v>
+      </c>
+      <c r="E186" t="s">
+        <v>293</v>
+      </c>
+      <c r="F186" t="s">
+        <v>43</v>
+      </c>
+      <c r="G186" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="H186" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="187" spans="1:8">
+      <c r="A187" t="s">
+        <v>609</v>
+      </c>
+      <c r="B187" t="s">
+        <v>9</v>
+      </c>
+      <c r="C187" t="s">
         <v>10</v>
       </c>
-      <c r="D176" t="s">
-[...12 lines deleted...]
-        <v>580</v>
+      <c r="D187" t="s">
+        <v>610</v>
+      </c>
+      <c r="E187" t="s">
+        <v>611</v>
+      </c>
+      <c r="F187" t="s">
+        <v>612</v>
+      </c>
+      <c r="G187" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="H187" t="s">
+        <v>613</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -6876,50 +7261,61 @@
     <hyperlink ref="G152" r:id="rId151"/>
     <hyperlink ref="G153" r:id="rId152"/>
     <hyperlink ref="G154" r:id="rId153"/>
     <hyperlink ref="G155" r:id="rId154"/>
     <hyperlink ref="G156" r:id="rId155"/>
     <hyperlink ref="G157" r:id="rId156"/>
     <hyperlink ref="G158" r:id="rId157"/>
     <hyperlink ref="G159" r:id="rId158"/>
     <hyperlink ref="G160" r:id="rId159"/>
     <hyperlink ref="G161" r:id="rId160"/>
     <hyperlink ref="G162" r:id="rId161"/>
     <hyperlink ref="G163" r:id="rId162"/>
     <hyperlink ref="G164" r:id="rId163"/>
     <hyperlink ref="G165" r:id="rId164"/>
     <hyperlink ref="G166" r:id="rId165"/>
     <hyperlink ref="G167" r:id="rId166"/>
     <hyperlink ref="G168" r:id="rId167"/>
     <hyperlink ref="G169" r:id="rId168"/>
     <hyperlink ref="G170" r:id="rId169"/>
     <hyperlink ref="G171" r:id="rId170"/>
     <hyperlink ref="G172" r:id="rId171"/>
     <hyperlink ref="G173" r:id="rId172"/>
     <hyperlink ref="G174" r:id="rId173"/>
     <hyperlink ref="G175" r:id="rId174"/>
     <hyperlink ref="G176" r:id="rId175"/>
+    <hyperlink ref="G177" r:id="rId176"/>
+    <hyperlink ref="G178" r:id="rId177"/>
+    <hyperlink ref="G179" r:id="rId178"/>
+    <hyperlink ref="G180" r:id="rId179"/>
+    <hyperlink ref="G181" r:id="rId180"/>
+    <hyperlink ref="G182" r:id="rId181"/>
+    <hyperlink ref="G183" r:id="rId182"/>
+    <hyperlink ref="G184" r:id="rId183"/>
+    <hyperlink ref="G185" r:id="rId184"/>
+    <hyperlink ref="G186" r:id="rId185"/>
+    <hyperlink ref="G187" r:id="rId186"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>