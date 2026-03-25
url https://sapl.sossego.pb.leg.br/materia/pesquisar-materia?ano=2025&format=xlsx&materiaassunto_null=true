--- v1 (2026-02-01)
+++ v2 (2026-03-25)
@@ -54,1832 +54,1832 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Poder Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/29/projeto_de_lei_003-2025_-_credito_especial_para_inclusao_fonte.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/29/projeto_de_lei_003-2025_-_credito_especial_para_inclusao_fonte.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE: AUTORIZA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ÂMBITO DO PODER EXECUTIVO, NO LIMITE DE ATÉ R$ 7.500,00 (SETE MIL E QUINENTOS REAIS), PARA FINS A SEGUIR ESPECIFICADOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/30/projeto_de_lei_municipal_001-2025_-_equiparacao_do_salario_minimo_do_servidor_do_poder_executivo_e_do_magisterio_ao_minimo_nacional.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/30/projeto_de_lei_municipal_001-2025_-_equiparacao_do_salario_minimo_do_servidor_do_poder_executivo_e_do_magisterio_ao_minimo_nacional.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE: CONCEDE REAJUSTE DE VENCIMENTOS DOS SERVIDORES PÚBLICOS MUNICIPAIS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Gabinete da Presidência - GPRES</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/31/projeto_de_lei_municipal_002-2025_-_equiparacao_do_salario_minimo_do_servidor_do_poder_legislativo_ao_minimo_nacional.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/31/projeto_de_lei_municipal_002-2025_-_equiparacao_do_salario_minimo_do_servidor_do_poder_legislativo_ao_minimo_nacional.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE: REAJUSTA OS VENCIMENTOS DO QUADRO DE PESSOAL DO PODER LEGISLATIVO MUNICIPAL E ADOTA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/32/projeto_de_lei_004-2025_-_criar_o_servico_voluntario.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/32/projeto_de_lei_004-2025_-_criar_o_servico_voluntario.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE: CRIA O SERVIÇO VOLUNTÁRIO JUNTO AO GABINETE DA PREFEITA DO MUNICÍPIO DE SOSSEGO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/33/projeto_de_lei_municipal_004-2025_-_denominada_de_escola_municipal_do_ensino_infantil_e_fundamental_gabriel_macedo_de_lima.docx</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/33/projeto_de_lei_municipal_004-2025_-_denominada_de_escola_municipal_do_ensino_infantil_e_fundamental_gabriel_macedo_de_lima.docx</t>
   </si>
   <si>
     <t>“Dispõe sobre a denominação de da Escola Municipal de Ensino Infantil e Fundamental Gabriel Macêdo de Lima e dá outras providências”</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/35/projeto_de_alteracao_orcamentaria_credito_esecial_p_inclusao_da_secretaria_de_infraestrutura.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/35/projeto_de_alteracao_orcamentaria_credito_esecial_p_inclusao_da_secretaria_de_infraestrutura.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE: AUTORIZA O CHEFE DO PODER EXECUTIVO A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ÂMBITO DO PODER EXECUTIVO, PARA VIABILIZAR ORÇAMENTÁRIAMENTE A ALTERAÇÃO DA ESTRUTUA ORGANAIZACIONAL, SEM AUMENTO DE DESPESA, DECORRENTE DAS DISPOSIÇÕES DESTA LEI, PARA FINS A SEGUIR ESPECIFICADOS E DÁ OUTRAS</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/36/projeto_de_lei_municipal_no_006_2025_-_institui_o_diario_dos_municipios_famup_como_meio_de_publicacao_1.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/36/projeto_de_lei_municipal_no_006_2025_-_institui_o_diario_dos_municipios_famup_como_meio_de_publicacao_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE: ADOTA O DIÁRIO OFICIAL DOS MUNICÍPIOS DO ESTADO DA PARAÍBA, INSTITUÍDO E ADMINISTRADO PELA FAMUP, COMO MEIO OFICIAL DE COMUNICAÇÃO DOS ATOS NORMATIVOS E ADMINISTRATIVOS DO MUNICÍPIO DE SOSSEGO-PB E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Marcio Ricardo</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/47/projeto_de_lei_1_-_pccr.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/47/projeto_de_lei_1_-_pccr.pdf</t>
   </si>
   <si>
     <t>Dá nova redação aos Artigos 51 e 52 da Lei nº 131/2009 de 28/12/2009, Titulo IV, que trata dos Direitos, notadamente o Capítulo I - DAS FÉRIAS, da lei que “DISPÕE SOBRE: O PLANO DE CARGOS, CARREIRA E REMUNERAÇÃO DO MAGISTÉRIO PÚBLICO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/68/projeto_042025_-_rua_maria_vieira_da_silva.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/68/projeto_042025_-_rua_maria_vieira_da_silva.pdf</t>
   </si>
   <si>
     <t>DENOMINA A RUA MARIA VIEIRA DOS SANTOS NO MUNICÍPIO DE SOSSÊGO-PB E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/69/projeto_00520252._terreno_cras.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/69/projeto_00520252._terreno_cras.pdf</t>
   </si>
   <si>
     <t>TORNA ÁREA URBANA PERTENCENTE A PREFEITURA MUNUCIPAL DE SOSSEGO/PB COMO BEM DE INTERESSE PÚBLICO NÃO PASSIVO DE DOAÇÃO</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/71/projeto132025_-_rua_maria_vieira_da_silva.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/71/projeto132025_-_rua_maria_vieira_da_silva.pdf</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/72/projeto132025_-_rua_maria_vieira_da_silva.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/72/projeto132025_-_rua_maria_vieira_da_silva.pdf</t>
   </si>
   <si>
     <t>DENOMINA A RUA MARIA VIEIRA DOS SANTOS NO MUNICÍPIO DE SOSSÊGO-PB E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/73/projeto_0140520252._terreno_cras.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/73/projeto_0140520252._terreno_cras.pdf</t>
   </si>
   <si>
     <t>TORNA ÁREA URBANA PERTENCENTE A PREFEITURA MUNUCIPAL DE SOSSEGO/PB COMO BEM DE INTERESSE PÚBLICO NÃO PASSIVO DE DOAÇÃO.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Raquel Meira</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/74/projeto_de_lei_no_0152025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/74/projeto_de_lei_no_0152025.pdf</t>
   </si>
   <si>
     <t>DENOMINA A RUA ARQUILINA MARIA DE OLIVEIRA NO MUNICÍPIO DE SOSSÊGO/PB E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/76/projeto_de_lei_municipal_017_2025_-_abertura_de_credito_adicional_especial.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/76/projeto_de_lei_municipal_017_2025_-_abertura_de_credito_adicional_especial.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE: AUTORIZA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ÂMBITO DO PODER EXECUTIVO, NO LIMITE DE ATÉ R$ 915.000,00 (NOVECENTOS E QUINZE MIL REAIS), PARA FINS A SEGUIR ESPECIFICADOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/86/projeto_de_lei_no_0162025_-_ldo.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/86/projeto_de_lei_no_0162025_-_ldo.pdf</t>
   </si>
   <si>
     <t>ESTABELECE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Diego Gomes</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/89/projeto_de_lei_018_2025-_ginasio_manoel_placido.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/89/projeto_de_lei_018_2025-_ginasio_manoel_placido.pdf</t>
   </si>
   <si>
     <t>DENOMINA O NOVO GINÁSIO QUE ESTÁ SENDO CONSTRUIDO NA RUA MARIA ISABEL, COMO GINÁSIO MANOEL PLACIDO PEREIRA DE SOUTO NO MUNICÍPIO DE SOSSÊGO/PB E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Robson Renan</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/97/indicacao_-_00392025_robson.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/97/indicacao_-_00392025_robson.pdf</t>
   </si>
   <si>
     <t>Solicitação de ampliação da cobertura da Creche Municipal “Criança Feliz”</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/100/projeto_de_lei_no_020_2025_-_credito_especial_lei_aldir_blanc.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/100/projeto_de_lei_no_020_2025_-_credito_especial_lei_aldir_blanc.pdf</t>
   </si>
   <si>
     <t>AUTORIZA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ÂMBITO DO PODER EXECUTIVO, NO LIMITE DE ATÉ R$ 251.008,68 (DUZENTOS E CINQUENTA E UM MIL OITO REAIS E SESSENTA E OITO CENTAVOS), PARA FINS A SEGUIR ESPECIFICADOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Mixelly de Iraildo</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/101/projeto_de_lei_municipal_no_021-2025-altera_dispositivo_da_1502011_-_mixelly_de_iraildo.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/101/projeto_de_lei_municipal_no_021-2025-altera_dispositivo_da_1502011_-_mixelly_de_iraildo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE: ALTERA A LEI MUNICIPAL N° 150/2011 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/111/projeto_de_lei_00232025_-_cms.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/111/projeto_de_lei_00232025_-_cms.pdf</t>
   </si>
   <si>
     <t>DENOMINA A NOVA UBS QUE ESTÁ SENDO CONSTRUIDA NA RUA ANTÔNIO EPIFÂNIO, COMO JOSÉ DE MELLO AZEVEDO NO MUNICÍPIO DE SOSSÊGO/PB E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/112/projeto_de_lei_no_024-2025_-_rua_erivaldo_oliveira_costa.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/112/projeto_de_lei_no_024-2025_-_rua_erivaldo_oliveira_costa.pdf</t>
   </si>
   <si>
     <t>DENOMINA A RUA ERIVALDO OLIVEIRA COSTA  NA CIDADE DE SOSSEGO-PB E DÁ OUTRAS  PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/113/projeto_de_lei_no_025-2025_-_rua_joao_casado_de_oliveira.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/113/projeto_de_lei_no_025-2025_-_rua_joao_casado_de_oliveira.pdf</t>
   </si>
   <si>
     <t>DENOMINA A RUA JOÃO CASADO DE OLIVEIRA NA  CIDADE DE SOSSEGO-PB  PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/114/projeto_de_lei_no_026-2025_-_rua_benedita_maria_de_oliveira.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/114/projeto_de_lei_no_026-2025_-_rua_benedita_maria_de_oliveira.pdf</t>
   </si>
   <si>
     <t>DENOMINA A RUA BENEDITA MARIA DE  OLIVEIRA NA CIDADE DE SOSSEGO-PB E DÁ  OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/116/projeto_de_lei_municipal_no_027_2025_-_familia_acolhedora.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/116/projeto_de_lei_municipal_no_027_2025_-_familia_acolhedora.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE: INSTITUI O SERVIÇO DE ACOLHIMENTO FAMILIAR NO MUNICÍPIO DE SOSSEGO-PB E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/121/028._rua_heleno_vicente_do_nascimento.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/121/028._rua_heleno_vicente_do_nascimento.pdf</t>
   </si>
   <si>
     <t>DENOMINA A RUA HELENO VICENTE DO NASCIMENTO NA CIDADE DE SOSSEGO-PB E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/122/029._rua_luis_lima_costa.correta.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/122/029._rua_luis_lima_costa.correta.pdf</t>
   </si>
   <si>
     <t>DENOMINA A RUA LUÍS LIMA COSTA NA CIDADE DE SOSSEGO-PB E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/123/030._rua_francisco_pereira_da_silva_1.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/123/030._rua_francisco_pereira_da_silva_1.pdf</t>
   </si>
   <si>
     <t>DENOMINA A RUA FRANCISCO PEREIRA DA SILVA NA CIDADE DE SOSSEGO-PB E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/124/031._rua_izabel_buriti_de_azevedo.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/124/031._rua_izabel_buriti_de_azevedo.pdf</t>
   </si>
   <si>
     <t>DENOMINA A RUA IZABEL BURITI DE AZEVEDO NA CIDADE DE SOSSEGO-PB E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/125/032._rua_severino_alves_dantas.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/125/032._rua_severino_alves_dantas.pdf</t>
   </si>
   <si>
     <t>DENOMINA A RUA SEVERINO ALVES DANTAS NA CIDADE DE SOSSEGO-PB E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/126/rua_jose_faustino_de_oliveira.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/126/rua_jose_faustino_de_oliveira.pdf</t>
   </si>
   <si>
     <t>DENOMINA A RUA JOSÉ FAUSTINO DE OLIVEIRA NA CIDADE DE SOSSEGO-PB E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/127/034._projeto_de_lei_dos_feriados_municipais_2.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/127/034._projeto_de_lei_dos_feriados_municipais_2.pdf</t>
   </si>
   <si>
     <t>ESTABELECE COMPENSAÇÃO PARA OS DOIS FERIADOS MUNICIPAIS - EMANCIPAÇÃO POLÍTICA E DIA DO PADROEIRO - QUANDO CAÍREM NO SÁBADO OU DOMINGO.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/143/projeto_de_lei_00362025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/143/projeto_de_lei_00362025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a redução da carga horária de trabalho em 50% para servidores públicos municipais que sejam responsáveis legais por pessoas com Transtorno do Espectro Autista (TEA) ou outras deficiências, no âmbito do Município de Sossego, e dá outras providências.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/144/projeto_de_alteracao_orcamentaria_credito_especial.1.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/144/projeto_de_alteracao_orcamentaria_credito_especial.1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE: AUTORIZA O CHEFE DO PODER EXECUTIVO A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ÂMBITO DO PODER EXECUTIVO, PARA VIABILIZAR ORÇAMENTÁRIAMENTE A ALTERAÇÃO DA ESTRUTURA ORGANIZACIONAL, SEM AUMENTO DE DESPESA, DECORRENTE DAS DISPOSIÇÕES DESTA LEI, PARA FINS A SEGUIR ESPECIFICADOS E DÁ OUTRAS</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/146/12._rua_rosilda_chagas_de_oliveira.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/146/12._rua_rosilda_chagas_de_oliveira.pdf</t>
   </si>
   <si>
     <t>DENOMINA A RUA ROSILDA CHAGAS DE OLIVEIRA NA CIDADE DE SOSSEGO-PB E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/147/13._rua_inacia_oliveira_silva.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/147/13._rua_inacia_oliveira_silva.pdf</t>
   </si>
   <si>
     <t>DENOMINA A RUA INÁCIA OLIVEIRA SILVA NA CIDADE DE SOSSEGO-PB E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/150/projeto_de_lei_municipal_no_039_2025_-_cria_asecretaria_de_cultura_turismo_esporte_e_juventude.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/150/projeto_de_lei_municipal_no_039_2025_-_cria_asecretaria_de_cultura_turismo_esporte_e_juventude.pdf</t>
   </si>
   <si>
     <t>CRIA A SECRETARIA MUNICIPAL DE CULTURA, TURISMO, ESPORTE E JUVENTUDE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/149/projeto_de_lei_municipal_no_040-2025_-_cria_a_secretaria_de_agricultura_e_meio_ambiente.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/149/projeto_de_lei_municipal_no_040-2025_-_cria_a_secretaria_de_agricultura_e_meio_ambiente.pdf</t>
   </si>
   <si>
     <t>CRIA A SECRETARIA MUNICIPAL DE AGRICULTURA E MEIO AMBIENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/148/projeto_de_lei_municipal_no_041-2025_-_abertura_de_credito_especial.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/148/projeto_de_lei_municipal_no_041-2025_-_abertura_de_credito_especial.pdf</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/159/projeto_de_lei_municipal_no_042-2025_-_projeto_de_lei_incentivo_1.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/159/projeto_de_lei_municipal_no_042-2025_-_projeto_de_lei_incentivo_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE: INSTITUI, NO ÂMBITO DO MUNICÍPIO DE SOSSEGO-PB, O INCENTIVO DE PAGAMENTO DO COMPONENTE DE QUALIDADE A SER CONCEDIDO AOS PROFISSIONAIS QUE ATUAM NO ÂMBITO DA ATENÇÃO PRIMÁRIA À SAÚDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/166/ppa_2026_-_2029.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/166/ppa_2026_-_2029.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE O PLANO PLURIANUAL – PPA, PARA O PERÍODO DE 2026 A 2029 E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/167/ploa_-_2026.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/167/ploa_-_2026.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Município de Sossego para o Exercício Financeiro de 2026.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Júnior Gomes</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/168/projeto_de_lei_no_045-2025_-_homenageia_joao_queiroz_-_junior_gomes.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/168/projeto_de_lei_no_045-2025_-_homenageia_joao_queiroz_-_junior_gomes.pdf</t>
   </si>
   <si>
     <t>Denomina o portal em construção ao lado do Campo de Futebol “O Biduzão”, no município de Sossego-PB, como “Portal João Pedro de Queiroz”, e dá outras providências.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/175/projeto_de_lei_aniversario_servidor_-_correto.docx</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/175/projeto_de_lei_aniversario_servidor_-_correto.docx</t>
   </si>
   <si>
     <t>INSTITUI A CONCESSÃO DE FOLGA REMUNERADA AO SERVIDOR PÚBLICO MUNICIPAL NO DIA DO SEU ANIVERSÁRIO, NO MUNICÍPIO DE SOSSEGO/PB.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/177/projeto_de_lei_municipal_no_047-2025_-_projeto_de_lei_mais_aprendizagem.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/177/projeto_de_lei_municipal_no_047-2025_-_projeto_de_lei_mais_aprendizagem.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE: INSTITUI O PROGRAMA MAIS APRENDIZAGEM NO MUNICÍPIO DE SOSSEGO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/178/projeto_de_lei_municipal_no_048-2025_-_projeto_de_lei_plano_de_cargos_e_salarios.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/178/projeto_de_lei_municipal_no_048-2025_-_projeto_de_lei_plano_de_cargos_e_salarios.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 048/2025, que dispõe sobre a estrutura do Plano de Cargos e Salários do Poder Executivo Municipal de Sossêgo, Estado da Paraíba, e adota outras providências.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/200/projeto_de_lei_00492025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/200/projeto_de_lei_00492025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação e realização da Câmara Itinerante no âmbito do Poder Legislativo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>Vanusa da Paz Medeiros</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/201/projeto_de_lei_municipal_no_050-2025_-_projeto_de_lei_que_regula_os_precatorios_do_fundef.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/201/projeto_de_lei_municipal_no_050-2025_-_projeto_de_lei_que_regula_os_precatorios_do_fundef.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE: AUTORIZA O RATEIO DOS RECURSOS DO PRECATÓRIO DO FUNDEF ENTRE OS PROFISSIONAIS BENEFICIADOS NO PERCENTUAL DE 60% (SESSENTA POR CENTO), NO ÂMBITO DO MUNICÍPIO DE SOSSEGO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/202/projeto_de_lei_no_051-2025_-_projeto_de_alteracao_orcamentaria_credito_esecial_p_inclusao_da_fontes_701e_544.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/202/projeto_de_lei_no_051-2025_-_projeto_de_alteracao_orcamentaria_credito_esecial_p_inclusao_da_fontes_701e_544.pdf</t>
   </si>
   <si>
     <t>AUTORIZA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ÂMBITO DO PODER EXECUTIVO, NO LIMITE DE ATÉ R$ 650.000,00 (SEISCENTOS E CINQUENTA MIL REAIS), PARA FINS A SEGUIR ESPECIFICADOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/209/projeto_de_lei_municipal_no_052-2025_-_abertura_de_credito_adicional_especial.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/209/projeto_de_lei_municipal_no_052-2025_-_abertura_de_credito_adicional_especial.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE: AUTORIZA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ÂMBITO DO PODER EXECUTIVO, NO LIMITE DE ATÉ R$ 200.000,00 (DUZENTOS MIL REAIS), PARA FINS A SEGUIR ESPECIFICADOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/219/projeto_de_lei_premiacao_-_correto.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/219/projeto_de_lei_premiacao_-_correto.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE: INSTITUI PREMIAÇÃO DE DESEMPENHO PARA E S TUDANT E S E SERVIDORES DO MAGISTÉRIO DO MUNICÍPIO DE SOSSEGO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/135/decreto_002_reverendo_padre_henrique_gustavo_assinado.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/135/decreto_002_reverendo_padre_henrique_gustavo_assinado.pdf</t>
   </si>
   <si>
     <t>Outorga o título de “Cidadão Sosseguense” ao Reverendo Senhor Padre Henrique Gustavo Ferreira Leal.</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/37/nomeacao_ruas_manuel_gomes_da_silva_e_aurea_angelita_de_araujo___.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/37/nomeacao_ruas_manuel_gomes_da_silva_e_aurea_angelita_de_araujo___.pdf</t>
   </si>
   <si>
     <t>Nomeação de ruas em homenagem a Manuel Gomes da Silva e Áurea Angelita de Araújo</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/45/requerimento_002-2025-_robson_renan.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/45/requerimento_002-2025-_robson_renan.pdf</t>
   </si>
   <si>
     <t>1. A imediata funcionalidade dos dessalinizadores localizados nas comunidades do Padre Assis, São Luís e Santo Antônio;_x000D_
 _x000D_
 2. A retomada da operação do carro-pipa no município de Sossêgo-PB.</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/46/requerimento_003-2025-diego_gomes.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/46/requerimento_003-2025-diego_gomes.pdf</t>
   </si>
   <si>
     <t>disponibilização de transporte público para os estudantes do município que frequentam cursos de nível superior no período diurno na Universidade Federal da Paraiba Campus Cuité.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/63/requerimento_-_004-2025_marcio_ricardo.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/63/requerimento_-_004-2025_marcio_ricardo.pdf</t>
   </si>
   <si>
     <t>Requerimento para pavimentação das Ruas Emília Monteiro, Francisco Alves Dantas e Anísio Ponciano</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/64/requerimento_-_005-2025_raquel_meira.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/64/requerimento_-_005-2025_raquel_meira.pdf</t>
   </si>
   <si>
     <t>Requerimento para Contratação de um Psicopedagogo para integrar o eMulti</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/65/requerimento_-_006-2025_marcio_ricardo_casado_de_oliveira.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/65/requerimento_-_006-2025_marcio_ricardo_casado_de_oliveira.pdf</t>
   </si>
   <si>
     <t>Requerimento para Criação de uma Nova Equipe do eMulti</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/67/requerimento_-_00072025_-_marcio_ricardo.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/67/requerimento_-_00072025_-_marcio_ricardo.pdf</t>
   </si>
   <si>
     <t>Requerimento para Instalação de Gerador no Posto de Saúde Pedro Vieira</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/70/requerimento_-_00082025_-_mixelly.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/70/requerimento_-_00082025_-_mixelly.pdf</t>
   </si>
   <si>
     <t>solicitando a construção de um Curral Público Municipal,</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/75/requerimento_-_00092025_-_diego_e_raquel.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/75/requerimento_-_00092025_-_diego_e_raquel.pdf</t>
   </si>
   <si>
     <t>SOLICITAMOS DA CHEFE DO EXECUTIVO MUNICIPAL O ENCAMINHAMENTO DE PROJETO DE LEI A ESTA CASA LEGISLATIVA CONCEDENDO 45 DIAS DE FÉRIAS AOS PROFESSORES DO MUNICÍPIO DE SOSSEGO-PB.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>Manuel Biá</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/88/requerimento_-_00102025_-_manuel_bia.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/88/requerimento_-_00102025_-_manuel_bia.pdf</t>
   </si>
   <si>
     <t>SOLICITO A ABERTURA DE PROCESSO ÉTICO-DISCIPLINAR EM FACE DO VEREADOR ROBSON RENAN DE OLIVEIRA SILVA, A FIM DE QUE SEJA INCURSO NA PENALIDADE DO ART. 209, II, DO REGIMENTO INTERNO DESTA CASA, OU SEJA, PERDA TEMPORÁRIA DO EXERCÍCIO DO MANDATO PELO PRAZO DE 30 (TRINTA) DIAS.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/103/requerimento_011.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/103/requerimento_011.pdf</t>
   </si>
   <si>
     <t>Solicitar que esta Câmara de Vereadores envie a Prefeitura Municipal de Sossego/PB pedido  para que o Piso do Magistério do Município de Sossego/PB seja atualizado para atender,  minimamente, o que determina a Lei 11.738/08, com valores pagos de forma retroativa a  01/01/2025, nos termos da lei já citada.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/104/requerimento_012.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/104/requerimento_012.pdf</t>
   </si>
   <si>
     <t>Solicitar que esta Câmara de Vereadores promova uma AUDIÊNCIA PÚBLICA  para tratar sobre a atualização do Plano de Cargos, Carreira e Remuneração - PCCR do  magistério do município de Sossego/PB.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/115/requerimento_-_013-2025_-__marcio_ricardo.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/115/requerimento_-_013-2025_-__marcio_ricardo.pdf</t>
   </si>
   <si>
     <t>Solicitação de disponibilização de ambulância para a zona rural</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/128/requerimento_-_00142025.1.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/128/requerimento_-_00142025.1.pdf</t>
   </si>
   <si>
     <t>Convocação de comparecimento de Autoridades a próxima sessão ordinária.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/145/requerimento_aposentadorias.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/145/requerimento_aposentadorias.pdf</t>
   </si>
   <si>
     <t>Requerimento sobre estudo de aposentadorias do servidores públicos do município.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>Chiquinho Lucena</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/157/requerimento_-_00162025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/157/requerimento_-_00162025.pdf</t>
   </si>
   <si>
     <t>Requerimento para criação da Secretaria de Transportes.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/169/requerimento_-_00212025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/169/requerimento_-_00212025.pdf</t>
   </si>
   <si>
     <t>Requerimento para a Contratação de Médico Pediatra</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/170/requerimento_-_00222025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/170/requerimento_-_00222025.pdf</t>
   </si>
   <si>
     <t>Requerimento para a Implantação do Programa Guarda Mirim</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/180/requerimento_-_00192025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/180/requerimento_-_00192025.pdf</t>
   </si>
   <si>
     <t>Requerimento para disponibilização de carro específico para a secretaria de saúde.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/186/requerimento_de_marcio_tea.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/186/requerimento_de_marcio_tea.pdf</t>
   </si>
   <si>
     <t>Solicitação de horário diferenciado e tempo ampliado para alunos com TEA durante a realização de provas.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>Carlos</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/192/processo_de_cassacao_de_vereador_robson_renan07112025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/192/processo_de_cassacao_de_vereador_robson_renan07112025.pdf</t>
   </si>
   <si>
     <t>Requer a cassação do mandato do vereador Robson Renan</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/203/requerimento_-_00222025_-_correto1.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/203/requerimento_-_00222025_-_correto1.pdf</t>
   </si>
   <si>
     <t>Construção de Policlínica no município.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/204/requerimento_-_00232025_-_correto1.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/204/requerimento_-_00232025_-_correto1.pdf</t>
   </si>
   <si>
     <t>Construção de uma central de velórios no município</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/38/indicacao_001-2025-_chiquinho_llucena.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/38/indicacao_001-2025-_chiquinho_llucena.pdf</t>
   </si>
   <si>
     <t>disponibilização de transporte para os atletas do município participarem de eventos esportivos realizados fora da sede municipal</t>
   </si>
   <si>
     <t>Flaviana Lucena</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/39/indicacao_002-2025-_flaviana_lucena.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/39/indicacao_002-2025-_flaviana_lucena.pdf</t>
   </si>
   <si>
     <t>a imediata compra e distribuição gratuita de fardamento escolar para os alunos da rede municipal de ensino</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/40/indicacao_003-2025-_flaviana_lucena.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/40/indicacao_003-2025-_flaviana_lucena.pdf</t>
   </si>
   <si>
     <t>Indicação para melhoria na iluminação pública da Rua Ascindino Melo</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/41/indicacao_004-2025-raquel_meira.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/41/indicacao_004-2025-raquel_meira.pdf</t>
   </si>
   <si>
     <t>a imediata contratação de um psicopedagogo para atuar no E-MULTi – Equipe Multiprofessionais</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/43/indicacao_007-2025-jmarcio_ricardo.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/43/indicacao_007-2025-jmarcio_ricardo.pdf</t>
   </si>
   <si>
     <t>Indicação de instalação de câmeras de monitoramento na EMEF Juraneide Alves da Silva Santos e na Creche Municipal CriAnça Feliz</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/44/indicacao_008-2025-mixelly_de_iraildo.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/44/indicacao_008-2025-mixelly_de_iraildo.pdf</t>
   </si>
   <si>
     <t>Ementa: Indica à Prefeitura Municipal de Sossêgo-PB a construção de uma passagem molhada sobre o Rio Timbaúba</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/48/indicacao_007-2025-jmarcio_ricardo.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/48/indicacao_007-2025-jmarcio_ricardo.pdf</t>
   </si>
   <si>
     <t>Indicação de instalação de câmeras de monitoramento na EMEF Juraneide Alves da Silva Santos e na Creche Municipal Crinça Feliz.</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/49/indicacao_008-2025-mixelly_de_iraildo.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/50/indicacao_009-2025-robson_renan.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/49/indicacao_008-2025-mixelly_de_iraildo.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/50/indicacao_009-2025-robson_renan.pdf</t>
   </si>
   <si>
     <t>Indicação para a construção de um barreiro no Sítio Caiçara na propriedade de Edinho, no município de Sossêgo-PB.</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/51/indicacao_-_00102025_junior_gomes.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/51/indicacao_-_00102025_junior_gomes.pdf</t>
   </si>
   <si>
     <t>solicitar, com a devida urgência, a limpeza do açude municipal localizado nas proximidades da Zona Urbana deste Município</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/52/indicacao_-_00112025_-_robson_renan.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/52/indicacao_-_00112025_-_robson_renan.pdf</t>
   </si>
   <si>
     <t>solicitar, com a devida urgência, a limpeza do açude da Cauã, localizado no sítio Santa Rita, zona rural deste município.</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/53/indicacao_-_00122025_robson_renan.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/53/indicacao_-_00122025_robson_renan.pdf</t>
   </si>
   <si>
     <t>implantação de desanilizador na comunidade Zumbi dos Palmares</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/54/indicacao_-_000132025_flaviana_lucena_de_araujo.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/54/indicacao_-_000132025_flaviana_lucena_de_araujo.pdf</t>
   </si>
   <si>
     <t>abertura dos banheiros públicos todos os dias da semana,</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/55/indicacao_-_000142025_raquel_meira_de_melo_sousa.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/55/indicacao_-_000142025_raquel_meira_de_melo_sousa.pdf</t>
   </si>
   <si>
     <t>Solicitação de Reforma e Ampliação do Mercado Público Municipal</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/56/indicacao_-_000152025_marcio_ricardo_casado_de_oliveira.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/56/indicacao_-_000152025_marcio_ricardo_casado_de_oliveira.pdf</t>
   </si>
   <si>
     <t>solicitar a implantação de energia trifásica na Escola Municipal Juraneide Alves, situada na Rua Manoel Casado de Oliveira Nobre</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/57/indicacao_-_000162025marcio_ricardo_casado_de_oliveira.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/57/indicacao_-_000162025marcio_ricardo_casado_de_oliveira.pdf</t>
   </si>
   <si>
     <t>Solicitação de atendimento médico aos domingos no posto de saúde</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/58/indicacao_-_000172025_iraneide_da_silva.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/58/indicacao_-_000172025_iraneide_da_silva.pdf</t>
   </si>
   <si>
     <t>Requerimento para a Construção de Pista de Caminhada</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/59/indicacao_-_000182025_iraneide_da_silva.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/59/indicacao_-_000182025_iraneide_da_silva.pdf</t>
   </si>
   <si>
     <t>Solicitação para construção de cisterna no cemitério municipal</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/60/indicacao_-_000192025_manuel_arnaldo_as_silva_ferreira.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/60/indicacao_-_000192025_manuel_arnaldo_as_silva_ferreira.pdf</t>
   </si>
   <si>
     <t>solicitar a criação da Secretaria de Agricultura,</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/61/indicacao_-_000202025_manuel_arnaldo_as_silva_ferreira.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/61/indicacao_-_000202025_manuel_arnaldo_as_silva_ferreira.pdf</t>
   </si>
   <si>
     <t>Solicitação de Sinalização de Lombada em Asfalto</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/62/indicacao_-_000212025_diego_da_silva_gomes.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/62/indicacao_-_000212025_diego_da_silva_gomes.pdf</t>
   </si>
   <si>
     <t>Requerimento para construção de cisternas de 50 mil litros de água</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/66/indicacao_-_00222025_1.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/66/indicacao_-_00222025_1.pdf</t>
   </si>
   <si>
     <t>construção de um Curral Público Municipal</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/77/indicacao_-_000212025_-_robson_renan.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/77/indicacao_-_000212025_-_robson_renan.pdf</t>
   </si>
   <si>
     <t>Solicitação de contratação de ajudantes escolares para a escola Juraneide Alves</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/78/indicacao_-_00222025_-_robson_renan.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/78/indicacao_-_00222025_-_robson_renan.pdf</t>
   </si>
   <si>
     <t>Solicitação de Contratação de Profissionais Capacitados para Atendimento a Crianças com Transtorno do Espectro Autista (TEA)</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/79/indicacao_-_00232025_-_robson_renan.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/79/indicacao_-_00232025_-_robson_renan.pdf</t>
   </si>
   <si>
     <t>Solicitação de instalação de quebra-molas na Rua Eliezer Francisco</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/80/indicacao_-_000242025_-_diego_gomes.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/80/indicacao_-_000242025_-_diego_gomes.pdf</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/81/indicacao_-_00252025_-_flaviana_lucena.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/81/indicacao_-_00252025_-_flaviana_lucena.pdf</t>
   </si>
   <si>
     <t>Solicitação de Construção de Quadra Poliesportiva</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/82/indicacao_-_00262025_-_diego_gomes.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/82/indicacao_-_00262025_-_diego_gomes.pdf</t>
   </si>
   <si>
     <t>Requerimento de incentivo a Caprinocultura no Município de Sossêgo</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/83/indicacao_-_00272025_mixelly_de_iraildo.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/83/indicacao_-_00272025_mixelly_de_iraildo.pdf</t>
   </si>
   <si>
     <t>Requerimento de Pavimentação da Rua Francisco Batista</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/84/indicacao_-_00282025_-_raquel_meira.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/84/indicacao_-_00282025_-_raquel_meira.pdf</t>
   </si>
   <si>
     <t>Solicitação de reforma e ampliação do Mercado Público Municipal</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/85/indicacao_029-2025_-_chiquinho_lucena.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/85/indicacao_029-2025_-_chiquinho_lucena.pdf</t>
   </si>
   <si>
     <t>Solicitação de demolição de canteiro para reestruturação viária e melhoria do tráfego</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/90/indicacao_-_00322025_flaviana.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/90/indicacao_-_00322025_flaviana.pdf</t>
   </si>
   <si>
     <t>Requerimento para limpeza do Açude Velho do Assentamento Santo Antônio</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/91/indicacao_-_00332025_flaviana.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/91/indicacao_-_00332025_flaviana.pdf</t>
   </si>
   <si>
     <t>Solicitação para Construção de Passagem Molhada no Sítio da Telha</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/92/indicacao_-_00352025_raquel.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/92/indicacao_-_00352025_raquel.pdf</t>
   </si>
   <si>
     <t>Requerimento para limpeza do balde do Açude da Timbaúba localizado Assentamento Santo Antônio</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/93/indicacao_-_00352025_raquel.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/93/indicacao_-_00352025_raquel.pdf</t>
   </si>
   <si>
     <t>PLANO DE CARGO, CARREIRA E REMUNERAÇÃO DO MAGISTÉRIO PÚBLICO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS”,</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/94/indicacao_-_00362025_raquel.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/94/indicacao_-_00362025_raquel.pdf</t>
   </si>
   <si>
     <t>Solicitação de instalação de placas de sinalização nas proximidades das escolas da Zona Rural</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/95/indicacao_-_00372025_raquel.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/95/indicacao_-_00372025_raquel.pdf</t>
   </si>
   <si>
     <t>Solicitação de Pavimentação da Rua Isabel Ana da Conceição</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/96/indicacao_-_00382025_-_raquel.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/96/indicacao_-_00382025_-_raquel.pdf</t>
   </si>
   <si>
     <t>Requerimento para Implantação de Bolsa de Incentivo aos Alunos da EJA</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/98/indicacao_-_00402025_mixelli.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/98/indicacao_-_00402025_mixelli.pdf</t>
   </si>
   <si>
     <t>Solicitação de Pavimentação da Rua Emília Monteiro Lucena</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/99/indicacao_-_00412025_mixelli.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/99/indicacao_-_00412025_mixelli.pdf</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/102/indicacao_-_00412025_mixelli.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/102/indicacao_-_00412025_mixelli.pdf</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/105/indicacao_-_0422025_robson_renan.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/105/indicacao_-_0422025_robson_renan.pdf</t>
   </si>
   <si>
     <t>Solicitação de concessão de bolsa estudantil</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/106/indicacao_-_0432025_diego_gomes.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/106/indicacao_-_0432025_diego_gomes.pdf</t>
   </si>
   <si>
     <t>: Indicação para ampliação dos atendimentos realizados pela médica veterinária no município</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/107/indicacao_-_0442025_raquel_meira.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/107/indicacao_-_0442025_raquel_meira.pdf</t>
   </si>
   <si>
     <t>Solicitação de adaptação de prédio escolar desativado para instalação de unidade de saúde</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/108/indicacao_-_0452025_mixelly_de_iraildo.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/108/indicacao_-_0452025_mixelly_de_iraildo.pdf</t>
   </si>
   <si>
     <t>Indicação para contratação de professores de reforço escolar</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/109/indicacao_-_0462025_mixelly_de_iraildo.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/109/indicacao_-_0462025_mixelly_de_iraildo.pdf</t>
   </si>
   <si>
     <t>Indicação para realização de roço nas estradas</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/110/indicacao_-_0472025_robson_renan.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/110/indicacao_-_0472025_robson_renan.pdf</t>
   </si>
   <si>
     <t>Indicação para contratação de fisioterapeuta para atendimento à população</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/117/indicacao_-_00482025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/117/indicacao_-_00482025.pdf</t>
   </si>
   <si>
     <t>Pedido de autorização para construção de matadouro no município de Sossêgo/PB</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/118/indicacao_-_00492025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/118/indicacao_-_00492025.pdf</t>
   </si>
   <si>
     <t>Solicitação de calçamento da Rua Eliezer Francisco</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/119/indicacao_-_00502025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/119/indicacao_-_00502025.pdf</t>
   </si>
   <si>
     <t>Solicitação de Implantação do Serviço de Atendimento Móvel de Urgência – SAMU</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/120/indicacao_-_00512025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/120/indicacao_-_00512025.pdf</t>
   </si>
   <si>
     <t>Solicitação para Abertura da Nova Creche</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/129/indicacao_-_00522025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/129/indicacao_-_00522025.pdf</t>
   </si>
   <si>
     <t>Solicitação de recapeamento da estrada que liga a PB167 ao Assentamento São Luís</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/130/indicacao_-_00532025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/130/indicacao_-_00532025.pdf</t>
   </si>
   <si>
     <t>Solicitação de Ajustes e Melhorias na passagem molhada localizada no Assentamento Padre Assis</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/</t>
+    <t>http://sapl.sossego.pb.leg.br/media/</t>
   </si>
   <si>
     <t>Solicitação de Limpeza do Açude da Acauã</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/132/indicacao_-_00552025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/132/indicacao_-_00552025.pdf</t>
   </si>
   <si>
     <t>Solicitação de Implantação de Dessalinizadores nas Comunidades Rurais do São Miguel e Cachoeira</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/133/indicacao_-_00562025.correto.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/133/indicacao_-_00562025.correto.pdf</t>
   </si>
   <si>
     <t>Requerimento para Criação de eventos que envolvam a vaquejada no Município</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>Solicitação para perfuração de poço artesiano na Comunidade do Santo Antônio</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/137/indicacao_-_00582025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/137/indicacao_-_00582025.pdf</t>
   </si>
   <si>
     <t>Reforma e Ampliação da Praça de Saúde localizada no Centro de nosso Município</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/138/indicacao_-_00592025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/138/indicacao_-_00592025.pdf</t>
   </si>
   <si>
     <t>Retirada do canteiro central da Rua Ascindino Melo – Centro</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/139/indicacao_-_00602025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/139/indicacao_-_00602025.pdf</t>
   </si>
   <si>
     <t>Construção de quadra de esportes na comunidade Zumbi dos Palmares</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/140/indicacao_-_00612025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/140/indicacao_-_00612025.pdf</t>
   </si>
   <si>
     <t>Pavimentação da comunidade Zumbi dos Palmares</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/141/indicacao_-_00622025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/141/indicacao_-_00622025.pdf</t>
   </si>
   <si>
     <t>Aquisição de grade de arrasto para o município</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/142/indicacao_-_00632025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/142/indicacao_-_00632025.pdf</t>
   </si>
   <si>
     <t>Construção de uma Central de Velórios no município de Sossêgo</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/151/indicacao_-_000642025_3.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/151/indicacao_-_000642025_3.pdf</t>
   </si>
   <si>
     <t>Requerimento de Construção de Quebra-Molas na Entrada da Cidade de Sossêgo sentido a cidade de Cubati.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/152/indicacao_-_000652025_3.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/152/indicacao_-_000652025_3.pdf</t>
   </si>
   <si>
     <t>solicitar que todos os projetos a serem discutidos e votados nesta câmara sejam enviados com antecedência.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/153/indicacao_-_000662025_3.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/153/indicacao_-_000662025_3.pdf</t>
   </si>
   <si>
     <t>Criação de Projeto de Arborização na Cidade de Sossêgo/PB</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/154/indicacao_-_000672025_3.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/154/indicacao_-_000672025_3.pdf</t>
   </si>
   <si>
     <t>Requerimento para Colocação de Placas de Identificação de Prioridade para Mães de Autistas nas Repartições Públicas deste Município.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/155/indicacao_-_000682025_3.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/155/indicacao_-_000682025_3.pdf</t>
   </si>
   <si>
     <t>Disponibilização de capacitação para os profissionais da área da educação com o intuito de trabalhar com crianças com Transtorno do Aspectro Autista</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/156/indicacao_-_000692025_3.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/156/indicacao_-_000692025_3.pdf</t>
   </si>
   <si>
     <t>Instalação de Placas de identificação dos caminhos que levam as comunidades rurais deste município as margens da PB-167.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/158/indicacao_-_00702025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/158/indicacao_-_00702025.pdf</t>
   </si>
   <si>
     <t>Indicação para Construção de banheiros no Cemitério Municipal de Sossêgo/PB.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/160/indicacao_-_00712025_-_chiquinho_lucenan.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/160/indicacao_-_00712025_-_chiquinho_lucenan.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a disponibilização de motoristas aos finais de semana para transporte de desportistas locais durante a realização de jogos e competições</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/161/indicacao_-_00722025_-_flaviana_lucena.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/161/indicacao_-_00722025_-_flaviana_lucena.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a construção de um posto médico na comunidade Zumbi dos Palmares.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/162/indicacao_-_00732025_-_robson_renan.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/162/indicacao_-_00732025_-_robson_renan.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a correção no atendimento dos postos de saúde da zona rural, diante da falta de médicos e dentistas</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/163/indicacao_-_00742025_-_mixelly_de_iraildo.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/163/indicacao_-_00742025_-_mixelly_de_iraildo.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a realização de roço nas estradas rurais do município</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/164/indicacao_-_00752025_-_mixelly_de_iraildo.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/164/indicacao_-_00752025_-_mixelly_de_iraildo.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a realização de limpeza das barragens do município.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/165/indicacao_-_00762025_-_mixelly_de_iraildo.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/165/indicacao_-_00762025_-_mixelly_de_iraildo.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal que solicite ao DNIT a realização da operação tapa-buraco na rodovia PB-167.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/171/indicacao_-_00772025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/171/indicacao_-_00772025.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a disponibilização de números telefônicos para os Órgãos Públicos Municipais.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/172/indicacao_-_00782025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/172/indicacao_-_00782025.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a Reforma e Ampliação do Mercado Público</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/173/indicacao_-_00792025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/173/indicacao_-_00792025.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a Disponibilização de Lixeiras de Grande Porte próximo ao Mercado Público Municipal</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/174/indicacao_-_00802025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/174/indicacao_-_00802025.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal o conserto do Calçamento da Rua Maria Isabel</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/179/indicacao_-_00812025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/179/indicacao_-_00812025.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a disponibilização de um carro exclusivo para transporte de jogadores por meio da Secretaria Municipal de Esportes.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/181/indicacao_-_00822025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/181/indicacao_-_00822025.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a disponibilização ração animal para os produtores rurais de nosso município.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/182/indicacao_-_00832025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/182/indicacao_-_00832025.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a disponibilização de informações acerca da distribuição de água potável em nosso município.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/183/indicacao_-_00842025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/183/indicacao_-_00842025.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a implantação de um programa de vacinação e controle reprodutivo no município.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/184/indicacao_-_00852025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/184/indicacao_-_00852025.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a implantação de redutores de velocidade na entrada da cidade, no sentido Sossêgo-Cubati.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/185/indicacao_-_00862025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/185/indicacao_-_00862025.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a implantação do sistema de esgoto da Rua Eliezer Francisco.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/188/indicacao_-_00872025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/188/indicacao_-_00872025.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a construção de quebra-molas nas proximidades da Escola Estadual.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/189/indicacao_-_00882025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/189/indicacao_-_00882025.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a Construção de um bueiro na Rua Eliezer Francisco</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/190/indicacao_-_00892025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/190/indicacao_-_00892025.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a Construção de cobertura na entrada da Creche Criança Feliz</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/191/indicacao_-_00902025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/191/indicacao_-_00902025.pdf</t>
   </si>
   <si>
     <t>Atualização do Cadastro na Operação Carro-Pipa – Comunidade Zumbi dos Palmares</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/193/indicacao_-_00912025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/193/indicacao_-_00912025.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a abertura do banheiro público municipal todos os dias da semana.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/194/indicacao_-_0092025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/194/indicacao_-_0092025.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a construção de praça pública.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/195/indicacao_-_0093025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/195/indicacao_-_0093025.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a perfuração de cinquenta poços artesianos em nosso município.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/196/indicacao_-_0094025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/196/indicacao_-_0094025.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a criação de um esquema de acolhimento, apoio emocional e orientativo às mães de crianças com autismo (TEA) e outros transtornos do neurodesenvolvimento.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/197/indicacao_-_0095025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/197/indicacao_-_0095025.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a construção de um mata-burro na Comunidade São Bento.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/198/indicacao_-_0096025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/198/indicacao_-_0096025.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a limpeza das barragens e barreiros das Comunidades São Miguel, Azevedo e Algodão, neste município.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/199/indicacao_-_0097025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/199/indicacao_-_0097025.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal que sejam realizadas operações com máquinas nas estradas vicinais de todo o município, incluindo nivelamento, patrolamento e melhorias necessárias para garantir o tráfego seguro e adequado.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/205/indicacao_-_0098025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/205/indicacao_-_0098025.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a Criação de Programa de distribuição de medicamentos a domicilio</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/206/indicacao_-_0099025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/206/indicacao_-_0099025.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a Pavimentação da Rua Francisco Batista dos Santos</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/207/indicacao_-_0010025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/207/indicacao_-_0010025.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a Instalação de Cobertura dos brinquedos da Creche Criança Feliz</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/208/indicacao_-_0010125.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/208/indicacao_-_0010125.pdf</t>
   </si>
   <si>
     <t>Cadastro de farmácias privadas para distribuição de medicamentos indisponíveis na Farmácia Básica Municipal.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/210/indicacao_-_001022025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/210/indicacao_-_001022025.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a construção de quebra-molas na saída do município de Sossêgo, sentido Cubati, visando aumentar a segurança viária no local.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/211/indicacao_-_001032025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/211/indicacao_-_001032025.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal que realize estudos e busque empresas de transporte intermunicipal interessadas em operar linhas regulares passando pelo nosso município.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/212/indicacao_-_001042025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/212/indicacao_-_001042025.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a construção de vestiários nos campos de futebol das comunidades rurais do município.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/213/indicacao_-_001052025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/213/indicacao_-_001052025.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a realização, em caráter de urgência, do pagamento do rateio destinado aos professores da rede municipal de ensino.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/214/indicacao_-_001062025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/214/indicacao_-_001062025.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a construção de um espaço destinado ao acolhimento e cuidado dos animais de rua no município.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/215/indicacao_-_001072025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/215/indicacao_-_001072025.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a construção de uma pista de caminhada no município.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/216/indicacao_-_001082025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/216/indicacao_-_001082025.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a construção de currais destinados à contenção de animais soltos no asfalto e nos arredores do município.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/217/indicacao_-_001092025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/217/indicacao_-_001092025.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a construção de novas salas de aula e a implementação de um espaço de recreação na Escola Juraneide Alves.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/218/indicacao_-_001102025.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/218/indicacao_-_001102025.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a construção de quebra-molas na Rua Antônio Epifânio, visando melhorar a segurança viária no local.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>PARC</t>
   </si>
   <si>
     <t>PARECER</t>
   </si>
   <si>
     <t>CFOF - Comissão de Finanças, Orçamento e Fiscalização</t>
   </si>
   <si>
     <t>PARECER Nº 29 CFOF - AO PROJETO DE LEI 042202504102025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
@@ -2201,68 +2201,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/29/projeto_de_lei_003-2025_-_credito_especial_para_inclusao_fonte.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/30/projeto_de_lei_municipal_001-2025_-_equiparacao_do_salario_minimo_do_servidor_do_poder_executivo_e_do_magisterio_ao_minimo_nacional.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/31/projeto_de_lei_municipal_002-2025_-_equiparacao_do_salario_minimo_do_servidor_do_poder_legislativo_ao_minimo_nacional.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/32/projeto_de_lei_004-2025_-_criar_o_servico_voluntario.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/33/projeto_de_lei_municipal_004-2025_-_denominada_de_escola_municipal_do_ensino_infantil_e_fundamental_gabriel_macedo_de_lima.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/35/projeto_de_alteracao_orcamentaria_credito_esecial_p_inclusao_da_secretaria_de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/36/projeto_de_lei_municipal_no_006_2025_-_institui_o_diario_dos_municipios_famup_como_meio_de_publicacao_1.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/47/projeto_de_lei_1_-_pccr.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/68/projeto_042025_-_rua_maria_vieira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/69/projeto_00520252._terreno_cras.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/71/projeto132025_-_rua_maria_vieira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/72/projeto132025_-_rua_maria_vieira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/73/projeto_0140520252._terreno_cras.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/74/projeto_de_lei_no_0152025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/76/projeto_de_lei_municipal_017_2025_-_abertura_de_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/86/projeto_de_lei_no_0162025_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/89/projeto_de_lei_018_2025-_ginasio_manoel_placido.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/97/indicacao_-_00392025_robson.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/100/projeto_de_lei_no_020_2025_-_credito_especial_lei_aldir_blanc.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/101/projeto_de_lei_municipal_no_021-2025-altera_dispositivo_da_1502011_-_mixelly_de_iraildo.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/111/projeto_de_lei_00232025_-_cms.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/112/projeto_de_lei_no_024-2025_-_rua_erivaldo_oliveira_costa.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/113/projeto_de_lei_no_025-2025_-_rua_joao_casado_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/114/projeto_de_lei_no_026-2025_-_rua_benedita_maria_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/116/projeto_de_lei_municipal_no_027_2025_-_familia_acolhedora.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/121/028._rua_heleno_vicente_do_nascimento.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/122/029._rua_luis_lima_costa.correta.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/123/030._rua_francisco_pereira_da_silva_1.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/124/031._rua_izabel_buriti_de_azevedo.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/125/032._rua_severino_alves_dantas.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/126/rua_jose_faustino_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/127/034._projeto_de_lei_dos_feriados_municipais_2.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/143/projeto_de_lei_00362025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/144/projeto_de_alteracao_orcamentaria_credito_especial.1.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/146/12._rua_rosilda_chagas_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/147/13._rua_inacia_oliveira_silva.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/150/projeto_de_lei_municipal_no_039_2025_-_cria_asecretaria_de_cultura_turismo_esporte_e_juventude.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/149/projeto_de_lei_municipal_no_040-2025_-_cria_a_secretaria_de_agricultura_e_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/148/projeto_de_lei_municipal_no_041-2025_-_abertura_de_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/159/projeto_de_lei_municipal_no_042-2025_-_projeto_de_lei_incentivo_1.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/166/ppa_2026_-_2029.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/167/ploa_-_2026.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/168/projeto_de_lei_no_045-2025_-_homenageia_joao_queiroz_-_junior_gomes.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/175/projeto_de_lei_aniversario_servidor_-_correto.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/177/projeto_de_lei_municipal_no_047-2025_-_projeto_de_lei_mais_aprendizagem.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/178/projeto_de_lei_municipal_no_048-2025_-_projeto_de_lei_plano_de_cargos_e_salarios.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/200/projeto_de_lei_00492025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/201/projeto_de_lei_municipal_no_050-2025_-_projeto_de_lei_que_regula_os_precatorios_do_fundef.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/202/projeto_de_lei_no_051-2025_-_projeto_de_alteracao_orcamentaria_credito_esecial_p_inclusao_da_fontes_701e_544.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/209/projeto_de_lei_municipal_no_052-2025_-_abertura_de_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/219/projeto_de_lei_premiacao_-_correto.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/135/decreto_002_reverendo_padre_henrique_gustavo_assinado.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/37/nomeacao_ruas_manuel_gomes_da_silva_e_aurea_angelita_de_araujo___.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/45/requerimento_002-2025-_robson_renan.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/46/requerimento_003-2025-diego_gomes.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/63/requerimento_-_004-2025_marcio_ricardo.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/64/requerimento_-_005-2025_raquel_meira.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/65/requerimento_-_006-2025_marcio_ricardo_casado_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/67/requerimento_-_00072025_-_marcio_ricardo.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/70/requerimento_-_00082025_-_mixelly.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/75/requerimento_-_00092025_-_diego_e_raquel.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/88/requerimento_-_00102025_-_manuel_bia.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/103/requerimento_011.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/104/requerimento_012.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/115/requerimento_-_013-2025_-__marcio_ricardo.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/128/requerimento_-_00142025.1.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/145/requerimento_aposentadorias.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/157/requerimento_-_00162025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/169/requerimento_-_00212025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/170/requerimento_-_00222025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/180/requerimento_-_00192025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/186/requerimento_de_marcio_tea.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/192/processo_de_cassacao_de_vereador_robson_renan07112025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/203/requerimento_-_00222025_-_correto1.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/204/requerimento_-_00232025_-_correto1.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/38/indicacao_001-2025-_chiquinho_llucena.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/39/indicacao_002-2025-_flaviana_lucena.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/40/indicacao_003-2025-_flaviana_lucena.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/41/indicacao_004-2025-raquel_meira.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/43/indicacao_007-2025-jmarcio_ricardo.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/44/indicacao_008-2025-mixelly_de_iraildo.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/48/indicacao_007-2025-jmarcio_ricardo.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/49/indicacao_008-2025-mixelly_de_iraildo.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/50/indicacao_009-2025-robson_renan.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/51/indicacao_-_00102025_junior_gomes.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/52/indicacao_-_00112025_-_robson_renan.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/53/indicacao_-_00122025_robson_renan.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/54/indicacao_-_000132025_flaviana_lucena_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/55/indicacao_-_000142025_raquel_meira_de_melo_sousa.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/56/indicacao_-_000152025_marcio_ricardo_casado_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/57/indicacao_-_000162025marcio_ricardo_casado_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/58/indicacao_-_000172025_iraneide_da_silva.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/59/indicacao_-_000182025_iraneide_da_silva.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/60/indicacao_-_000192025_manuel_arnaldo_as_silva_ferreira.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/61/indicacao_-_000202025_manuel_arnaldo_as_silva_ferreira.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/62/indicacao_-_000212025_diego_da_silva_gomes.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/66/indicacao_-_00222025_1.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/77/indicacao_-_000212025_-_robson_renan.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/78/indicacao_-_00222025_-_robson_renan.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/79/indicacao_-_00232025_-_robson_renan.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/80/indicacao_-_000242025_-_diego_gomes.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/81/indicacao_-_00252025_-_flaviana_lucena.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/82/indicacao_-_00262025_-_diego_gomes.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/83/indicacao_-_00272025_mixelly_de_iraildo.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/84/indicacao_-_00282025_-_raquel_meira.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/85/indicacao_029-2025_-_chiquinho_lucena.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/90/indicacao_-_00322025_flaviana.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/91/indicacao_-_00332025_flaviana.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/92/indicacao_-_00352025_raquel.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/93/indicacao_-_00352025_raquel.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/94/indicacao_-_00362025_raquel.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/95/indicacao_-_00372025_raquel.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/96/indicacao_-_00382025_-_raquel.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/98/indicacao_-_00402025_mixelli.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/99/indicacao_-_00412025_mixelli.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/102/indicacao_-_00412025_mixelli.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/105/indicacao_-_0422025_robson_renan.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/106/indicacao_-_0432025_diego_gomes.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/107/indicacao_-_0442025_raquel_meira.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/108/indicacao_-_0452025_mixelly_de_iraildo.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/109/indicacao_-_0462025_mixelly_de_iraildo.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/110/indicacao_-_0472025_robson_renan.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/117/indicacao_-_00482025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/118/indicacao_-_00492025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/119/indicacao_-_00502025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/120/indicacao_-_00512025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/129/indicacao_-_00522025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/130/indicacao_-_00532025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/132/indicacao_-_00552025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/133/indicacao_-_00562025.correto.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/137/indicacao_-_00582025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/138/indicacao_-_00592025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/139/indicacao_-_00602025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/140/indicacao_-_00612025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/141/indicacao_-_00622025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/142/indicacao_-_00632025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/151/indicacao_-_000642025_3.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/152/indicacao_-_000652025_3.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/153/indicacao_-_000662025_3.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/154/indicacao_-_000672025_3.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/155/indicacao_-_000682025_3.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/156/indicacao_-_000692025_3.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/158/indicacao_-_00702025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/160/indicacao_-_00712025_-_chiquinho_lucenan.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/161/indicacao_-_00722025_-_flaviana_lucena.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/162/indicacao_-_00732025_-_robson_renan.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/163/indicacao_-_00742025_-_mixelly_de_iraildo.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/164/indicacao_-_00752025_-_mixelly_de_iraildo.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/165/indicacao_-_00762025_-_mixelly_de_iraildo.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/171/indicacao_-_00772025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/172/indicacao_-_00782025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/173/indicacao_-_00792025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/174/indicacao_-_00802025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/179/indicacao_-_00812025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/181/indicacao_-_00822025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/182/indicacao_-_00832025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/183/indicacao_-_00842025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/184/indicacao_-_00852025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/185/indicacao_-_00862025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/188/indicacao_-_00872025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/189/indicacao_-_00882025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/190/indicacao_-_00892025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/191/indicacao_-_00902025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/193/indicacao_-_00912025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/194/indicacao_-_0092025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/195/indicacao_-_0093025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/196/indicacao_-_0094025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/197/indicacao_-_0095025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/198/indicacao_-_0096025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/199/indicacao_-_0097025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/205/indicacao_-_0098025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/206/indicacao_-_0099025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/207/indicacao_-_0010025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/208/indicacao_-_0010125.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/210/indicacao_-_001022025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/211/indicacao_-_001032025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/212/indicacao_-_001042025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/213/indicacao_-_001052025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/214/indicacao_-_001062025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/215/indicacao_-_001072025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/216/indicacao_-_001082025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/217/indicacao_-_001092025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/218/indicacao_-_001102025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/29/projeto_de_lei_003-2025_-_credito_especial_para_inclusao_fonte.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/30/projeto_de_lei_municipal_001-2025_-_equiparacao_do_salario_minimo_do_servidor_do_poder_executivo_e_do_magisterio_ao_minimo_nacional.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/31/projeto_de_lei_municipal_002-2025_-_equiparacao_do_salario_minimo_do_servidor_do_poder_legislativo_ao_minimo_nacional.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/32/projeto_de_lei_004-2025_-_criar_o_servico_voluntario.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/33/projeto_de_lei_municipal_004-2025_-_denominada_de_escola_municipal_do_ensino_infantil_e_fundamental_gabriel_macedo_de_lima.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/35/projeto_de_alteracao_orcamentaria_credito_esecial_p_inclusao_da_secretaria_de_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/36/projeto_de_lei_municipal_no_006_2025_-_institui_o_diario_dos_municipios_famup_como_meio_de_publicacao_1.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/47/projeto_de_lei_1_-_pccr.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/68/projeto_042025_-_rua_maria_vieira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/69/projeto_00520252._terreno_cras.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/71/projeto132025_-_rua_maria_vieira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/72/projeto132025_-_rua_maria_vieira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/73/projeto_0140520252._terreno_cras.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/74/projeto_de_lei_no_0152025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/76/projeto_de_lei_municipal_017_2025_-_abertura_de_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/86/projeto_de_lei_no_0162025_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/89/projeto_de_lei_018_2025-_ginasio_manoel_placido.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/97/indicacao_-_00392025_robson.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/100/projeto_de_lei_no_020_2025_-_credito_especial_lei_aldir_blanc.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/101/projeto_de_lei_municipal_no_021-2025-altera_dispositivo_da_1502011_-_mixelly_de_iraildo.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/111/projeto_de_lei_00232025_-_cms.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/112/projeto_de_lei_no_024-2025_-_rua_erivaldo_oliveira_costa.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/113/projeto_de_lei_no_025-2025_-_rua_joao_casado_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/114/projeto_de_lei_no_026-2025_-_rua_benedita_maria_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/116/projeto_de_lei_municipal_no_027_2025_-_familia_acolhedora.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/121/028._rua_heleno_vicente_do_nascimento.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/122/029._rua_luis_lima_costa.correta.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/123/030._rua_francisco_pereira_da_silva_1.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/124/031._rua_izabel_buriti_de_azevedo.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/125/032._rua_severino_alves_dantas.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/126/rua_jose_faustino_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/127/034._projeto_de_lei_dos_feriados_municipais_2.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/143/projeto_de_lei_00362025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/144/projeto_de_alteracao_orcamentaria_credito_especial.1.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/146/12._rua_rosilda_chagas_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/147/13._rua_inacia_oliveira_silva.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/150/projeto_de_lei_municipal_no_039_2025_-_cria_asecretaria_de_cultura_turismo_esporte_e_juventude.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/149/projeto_de_lei_municipal_no_040-2025_-_cria_a_secretaria_de_agricultura_e_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/148/projeto_de_lei_municipal_no_041-2025_-_abertura_de_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/159/projeto_de_lei_municipal_no_042-2025_-_projeto_de_lei_incentivo_1.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/166/ppa_2026_-_2029.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/167/ploa_-_2026.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/168/projeto_de_lei_no_045-2025_-_homenageia_joao_queiroz_-_junior_gomes.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/175/projeto_de_lei_aniversario_servidor_-_correto.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/177/projeto_de_lei_municipal_no_047-2025_-_projeto_de_lei_mais_aprendizagem.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/178/projeto_de_lei_municipal_no_048-2025_-_projeto_de_lei_plano_de_cargos_e_salarios.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/200/projeto_de_lei_00492025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/201/projeto_de_lei_municipal_no_050-2025_-_projeto_de_lei_que_regula_os_precatorios_do_fundef.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/202/projeto_de_lei_no_051-2025_-_projeto_de_alteracao_orcamentaria_credito_esecial_p_inclusao_da_fontes_701e_544.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/209/projeto_de_lei_municipal_no_052-2025_-_abertura_de_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/219/projeto_de_lei_premiacao_-_correto.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/135/decreto_002_reverendo_padre_henrique_gustavo_assinado.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/37/nomeacao_ruas_manuel_gomes_da_silva_e_aurea_angelita_de_araujo___.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/45/requerimento_002-2025-_robson_renan.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/46/requerimento_003-2025-diego_gomes.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/63/requerimento_-_004-2025_marcio_ricardo.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/64/requerimento_-_005-2025_raquel_meira.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/65/requerimento_-_006-2025_marcio_ricardo_casado_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/67/requerimento_-_00072025_-_marcio_ricardo.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/70/requerimento_-_00082025_-_mixelly.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/75/requerimento_-_00092025_-_diego_e_raquel.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/88/requerimento_-_00102025_-_manuel_bia.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/103/requerimento_011.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/104/requerimento_012.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/115/requerimento_-_013-2025_-__marcio_ricardo.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/128/requerimento_-_00142025.1.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/145/requerimento_aposentadorias.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/157/requerimento_-_00162025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/169/requerimento_-_00212025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/170/requerimento_-_00222025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/180/requerimento_-_00192025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/186/requerimento_de_marcio_tea.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/192/processo_de_cassacao_de_vereador_robson_renan07112025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/203/requerimento_-_00222025_-_correto1.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/204/requerimento_-_00232025_-_correto1.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/38/indicacao_001-2025-_chiquinho_llucena.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/39/indicacao_002-2025-_flaviana_lucena.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/40/indicacao_003-2025-_flaviana_lucena.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/41/indicacao_004-2025-raquel_meira.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/43/indicacao_007-2025-jmarcio_ricardo.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/44/indicacao_008-2025-mixelly_de_iraildo.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/48/indicacao_007-2025-jmarcio_ricardo.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/49/indicacao_008-2025-mixelly_de_iraildo.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/50/indicacao_009-2025-robson_renan.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/51/indicacao_-_00102025_junior_gomes.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/52/indicacao_-_00112025_-_robson_renan.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/53/indicacao_-_00122025_robson_renan.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/54/indicacao_-_000132025_flaviana_lucena_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/55/indicacao_-_000142025_raquel_meira_de_melo_sousa.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/56/indicacao_-_000152025_marcio_ricardo_casado_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/57/indicacao_-_000162025marcio_ricardo_casado_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/58/indicacao_-_000172025_iraneide_da_silva.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/59/indicacao_-_000182025_iraneide_da_silva.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/60/indicacao_-_000192025_manuel_arnaldo_as_silva_ferreira.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/61/indicacao_-_000202025_manuel_arnaldo_as_silva_ferreira.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/62/indicacao_-_000212025_diego_da_silva_gomes.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/66/indicacao_-_00222025_1.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/77/indicacao_-_000212025_-_robson_renan.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/78/indicacao_-_00222025_-_robson_renan.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/79/indicacao_-_00232025_-_robson_renan.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/80/indicacao_-_000242025_-_diego_gomes.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/81/indicacao_-_00252025_-_flaviana_lucena.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/82/indicacao_-_00262025_-_diego_gomes.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/83/indicacao_-_00272025_mixelly_de_iraildo.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/84/indicacao_-_00282025_-_raquel_meira.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/85/indicacao_029-2025_-_chiquinho_lucena.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/90/indicacao_-_00322025_flaviana.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/91/indicacao_-_00332025_flaviana.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/92/indicacao_-_00352025_raquel.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/93/indicacao_-_00352025_raquel.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/94/indicacao_-_00362025_raquel.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/95/indicacao_-_00372025_raquel.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/96/indicacao_-_00382025_-_raquel.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/98/indicacao_-_00402025_mixelli.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/99/indicacao_-_00412025_mixelli.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/102/indicacao_-_00412025_mixelli.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/105/indicacao_-_0422025_robson_renan.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/106/indicacao_-_0432025_diego_gomes.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/107/indicacao_-_0442025_raquel_meira.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/108/indicacao_-_0452025_mixelly_de_iraildo.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/109/indicacao_-_0462025_mixelly_de_iraildo.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/110/indicacao_-_0472025_robson_renan.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/117/indicacao_-_00482025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/118/indicacao_-_00492025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/119/indicacao_-_00502025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/120/indicacao_-_00512025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/129/indicacao_-_00522025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/130/indicacao_-_00532025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/132/indicacao_-_00552025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/133/indicacao_-_00562025.correto.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/137/indicacao_-_00582025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/138/indicacao_-_00592025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/139/indicacao_-_00602025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/140/indicacao_-_00612025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/141/indicacao_-_00622025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/142/indicacao_-_00632025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/151/indicacao_-_000642025_3.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/152/indicacao_-_000652025_3.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/153/indicacao_-_000662025_3.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/154/indicacao_-_000672025_3.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/155/indicacao_-_000682025_3.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/156/indicacao_-_000692025_3.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/158/indicacao_-_00702025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/160/indicacao_-_00712025_-_chiquinho_lucenan.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/161/indicacao_-_00722025_-_flaviana_lucena.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/162/indicacao_-_00732025_-_robson_renan.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/163/indicacao_-_00742025_-_mixelly_de_iraildo.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/164/indicacao_-_00752025_-_mixelly_de_iraildo.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/165/indicacao_-_00762025_-_mixelly_de_iraildo.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/171/indicacao_-_00772025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/172/indicacao_-_00782025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/173/indicacao_-_00792025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/174/indicacao_-_00802025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/179/indicacao_-_00812025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/181/indicacao_-_00822025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/182/indicacao_-_00832025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/183/indicacao_-_00842025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/184/indicacao_-_00852025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/185/indicacao_-_00862025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/188/indicacao_-_00872025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/189/indicacao_-_00882025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/190/indicacao_-_00892025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/191/indicacao_-_00902025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/193/indicacao_-_00912025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/194/indicacao_-_0092025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/195/indicacao_-_0093025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/196/indicacao_-_0094025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/197/indicacao_-_0095025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/198/indicacao_-_0096025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/199/indicacao_-_0097025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/205/indicacao_-_0098025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/206/indicacao_-_0099025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/207/indicacao_-_0010025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/208/indicacao_-_0010125.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/210/indicacao_-_001022025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/211/indicacao_-_001032025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/212/indicacao_-_001042025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/213/indicacao_-_001052025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/214/indicacao_-_001062025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/215/indicacao_-_001072025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/216/indicacao_-_001082025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/217/indicacao_-_001092025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2025/218/indicacao_-_001102025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H187"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="50.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="202.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="202" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>