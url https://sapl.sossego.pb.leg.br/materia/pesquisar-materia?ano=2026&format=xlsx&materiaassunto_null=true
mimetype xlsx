--- v0 (2026-02-01)
+++ v1 (2026-03-25)
@@ -10,134 +10,236 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="103" uniqueCount="62">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Vanusa da Paz Medeiros</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2026/220/projeto_de_lei_municipal_no_001-2026_-_equiparacao_do_salario_minimo_do_servidor_do_poder_legislativo_ao_minimo_nacional.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2026/220/projeto_de_lei_municipal_no_001-2026_-_equiparacao_do_salario_minimo_do_servidor_do_poder_legislativo_ao_minimo_nacional.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a equiparação salarial dos servidores da Câmara Municipal de Sossego – PB ao salário  nacional vigente, nos termos do Decreto nº 12.797, de 23 de dezembro de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2026/221/projeto_de_lei_municipal_no_003-2026_-_cria_o_jornal_municipal.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2026/221/projeto_de_lei_municipal_no_003-2026_-_cria_o_jornal_municipal.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE: CRIA O JORNAL MUNICIPAL COMO UM DOS MEIOS OFICIAIS DE COMUNICAÇÃO DOS ATOS NORMATIVOS E ADMINISTRATIVOS DO MUNICÍPIO DE SOSSEGO-PB E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2026/222/projeto_de_lei_02_2026.pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2026/222/projeto_de_lei_02_2026.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE: CONCEDE REAJUSTE DE VENCIMENTOS DOS SERVIDORES PÚBLICOS MUNICIPAIS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2026/223/projeto_de_lei_no_004-2025_-_projeto_de_alteracao_orcamentaria_credito_esecial_p_inclusao_da_fonte_500_na_acao_1146..pdf</t>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2026/223/projeto_de_lei_no_004-2025_-_projeto_de_alteracao_orcamentaria_credito_esecial_p_inclusao_da_fonte_500_na_acao_1146..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE: AUTORIZA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ÂMBITO DO PODER EXECUTIVO, NO LIMITE DE ATÉ R$ 200.000,00 (DUZENTOS MIL REAIS), PARA FINS A SEGUIR ESPECIFICADOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>226</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>Poder Executivo Municipal</t>
+  </si>
+  <si>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2026/226/projeto_de_lei_municipal_no_005-2026_-_reajuste_do_magisterio.pdf</t>
+  </si>
+  <si>
+    <t>227</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2026/227/projeto_de_lei_municipal_no_006-2026_-_projeto_de_alteracao_orcamentaria_credito_esecial_p_inclusao_da_fonte_500_na_acao_1148.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE: AUTORIZA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ÂMBITO DO PODER EXECUTIVO, NO LIMITE DE ATÉ R$ 115.000,00 (CENTO E QUINZE MIL REAIS), PARA FINS A SEGUIR ESPECIFICADOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>228</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2026/228/projeto_de_lei_municipal_no_007-2026_-_projeto_de_credito_esecial_p_inclusao_da_nd_449093_e_449051_fonte_569__na_acao_1148.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE: AUTORIZA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ÂMBITO DO PODER EXECUTIVO, NO LIMITE DE ATÉ R$ 124.000,00 (CENTO E VINTE E QUATRO MIL REAIS), PARA FINS A SEGUIR ESPECIFICADOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>231</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2026/231/projeto_de_lei_municipal_no_008-2026_-_projeto_de_alteracao_orcamentaria_credito_esecial_p_inclusao_da_nd_339093_na_acao_fonte_500_na_acao_2091_1.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE: AUTORIZA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ÂMBITO DO PODER EXECUTIVO, NO LIMITE DE ATÉ R$ 250.000,00 (DUZENTOS E CINQUENTA MIL REAIS), PARA FINS A SEGUIR ESPECIFICADOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>229</t>
+  </si>
+  <si>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>Indicação</t>
+  </si>
+  <si>
+    <t>Marcio Ricardo</t>
+  </si>
+  <si>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2026/229/ind_-_0012026.pdf</t>
+  </si>
+  <si>
+    <t>Solicita aquisição de caminhão compactador de lixo para este município.</t>
+  </si>
+  <si>
+    <t>230</t>
+  </si>
+  <si>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2026/230/ind_-_0022026_-_correta_.pdf</t>
+  </si>
+  <si>
+    <t>Indicação para aquisição de bancas para o Mercado Público Municipal.</t>
+  </si>
+  <si>
+    <t>224</t>
+  </si>
+  <si>
+    <t>PARC</t>
+  </si>
+  <si>
+    <t>PARECER</t>
+  </si>
+  <si>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2026/224/parecer_-_renan_cassaa_a_o_2.pdf</t>
+  </si>
+  <si>
+    <t>Parecer que opina pela cassação do vereador Robson Renan de Oliveira Silva.</t>
+  </si>
+  <si>
+    <t>225</t>
+  </si>
+  <si>
+    <t>CJR - Comissão de Justiça e Redação</t>
+  </si>
+  <si>
+    <t>http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2026/225/parecer_-_renan_cassaa_a_o_2.pdf</t>
+  </si>
+  <si>
+    <t>Trata-se de processo de cassação de mandato de vereador, nos termos do art. 7°, III, do Decreto Lei 201/1967.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -441,69 +543,69 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2026/220/projeto_de_lei_municipal_no_001-2026_-_equiparacao_do_salario_minimo_do_servidor_do_poder_legislativo_ao_minimo_nacional.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2026/221/projeto_de_lei_municipal_no_003-2026_-_cria_o_jornal_municipal.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2026/222/projeto_de_lei_02_2026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2026/223/projeto_de_lei_no_004-2025_-_projeto_de_alteracao_orcamentaria_credito_esecial_p_inclusao_da_fonte_500_na_acao_1146..pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2026/220/projeto_de_lei_municipal_no_001-2026_-_equiparacao_do_salario_minimo_do_servidor_do_poder_legislativo_ao_minimo_nacional.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2026/221/projeto_de_lei_municipal_no_003-2026_-_cria_o_jornal_municipal.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2026/222/projeto_de_lei_02_2026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2026/223/projeto_de_lei_no_004-2025_-_projeto_de_alteracao_orcamentaria_credito_esecial_p_inclusao_da_fonte_500_na_acao_1146..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2026/226/projeto_de_lei_municipal_no_005-2026_-_reajuste_do_magisterio.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2026/227/projeto_de_lei_municipal_no_006-2026_-_projeto_de_alteracao_orcamentaria_credito_esecial_p_inclusao_da_fonte_500_na_acao_1148.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2026/228/projeto_de_lei_municipal_no_007-2026_-_projeto_de_credito_esecial_p_inclusao_da_nd_449093_e_449051_fonte_569__na_acao_1148.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2026/231/projeto_de_lei_municipal_no_008-2026_-_projeto_de_alteracao_orcamentaria_credito_esecial_p_inclusao_da_nd_339093_na_acao_fonte_500_na_acao_2091_1.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2026/229/ind_-_0012026.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2026/230/ind_-_0022026_-_correta_.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2026/224/parecer_-_renan_cassaa_a_o_2.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sossego.pb.leg.br/media/sapl/public/materialegislativa/2026/225/parecer_-_renan_cassaa_a_o_2.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="22.28515625" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="8" width="201.140625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="33.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="214.42578125" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="214.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -590,58 +692,271 @@
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>24</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>25</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>26</v>
       </c>
       <c r="H5" t="s">
         <v>27</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6" t="s">
+        <v>28</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
+        <v>29</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" t="s">
+        <v>30</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H6" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" t="s">
+        <v>32</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>33</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
+        <v>30</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>37</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" t="s">
+        <v>30</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="H8" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
+        <v>40</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>41</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" t="s">
+        <v>30</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="H9" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>44</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>10</v>
+      </c>
+      <c r="D10" t="s">
+        <v>45</v>
+      </c>
+      <c r="E10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F10" t="s">
+        <v>47</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="H10" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>50</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>17</v>
+      </c>
+      <c r="D11" t="s">
+        <v>45</v>
+      </c>
+      <c r="E11" t="s">
+        <v>46</v>
+      </c>
+      <c r="F11" t="s">
+        <v>47</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="H11" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>53</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D12" t="s">
+        <v>54</v>
+      </c>
+      <c r="E12" t="s">
+        <v>55</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="H12" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>58</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>17</v>
+      </c>
+      <c r="D13" t="s">
+        <v>54</v>
+      </c>
+      <c r="E13" t="s">
+        <v>55</v>
+      </c>
+      <c r="F13" t="s">
+        <v>59</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="H13" t="s">
+        <v>61</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
+    <hyperlink ref="G6" r:id="rId5"/>
+    <hyperlink ref="G7" r:id="rId6"/>
+    <hyperlink ref="G8" r:id="rId7"/>
+    <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>